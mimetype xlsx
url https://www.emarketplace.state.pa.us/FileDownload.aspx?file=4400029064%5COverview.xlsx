--- v0 (2025-10-23)
+++ v1 (2026-01-22)
@@ -7,101 +7,101 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pagov-my.sharepoint.com/personal/rlaurent_pa_gov/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pagov-my.sharepoint.com/personal/rlaurent_pa_gov/Documents/Desktop/ITQ/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C2CEAF21-8ADD-4614-88B9-2BEC71746944}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="72" documentId="8_{E87873FC-117E-4CCF-A241-84BDD38115DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{99738F18-239A-4950-A42D-172DF672ABC0}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{456DDFF8-0E75-47BF-9A04-D5F32500B2C4}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{456DDFF8-0E75-47BF-9A04-D5F32500B2C4}"/>
   </bookViews>
   <sheets>
     <sheet name="Contract Overview" sheetId="1" r:id="rId1"/>
     <sheet name="Supplier Info Categories" sheetId="3" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Supplier Info Categories'!$A$1:$L$351</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" concurrentManualCount="12"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E17" i="1" l="1"/>
   <c r="E5" i="1"/>
   <c r="E3" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2454" uniqueCount="745">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2610" uniqueCount="800">
   <si>
     <t>CONTRACT DESCRIPTION/HIGHLIGHTS</t>
   </si>
   <si>
     <t>CONTRACT INFORMATION</t>
   </si>
   <si>
     <t>Contract Title</t>
   </si>
   <si>
     <t>Contract Number</t>
   </si>
   <si>
     <t>Solicitation Number</t>
   </si>
   <si>
     <t>Original Validity Period</t>
   </si>
   <si>
     <t>2/1/23 - 1/31/28</t>
   </si>
   <si>
     <t>Current Validity End Date
 &amp; Renewals Remaining</t>
   </si>
@@ -2542,50 +2542,215 @@
   </si>
   <si>
     <t>Frank J. Braccini Jr</t>
   </si>
   <si>
     <t>570-654-3981</t>
   </si>
   <si>
     <t>frank.braccini@lehighconstruction.com</t>
   </si>
   <si>
     <t>Regal Plumbing and Heating Inc</t>
   </si>
   <si>
     <t>24 Beaver Street, Carbondale, PA 18407</t>
   </si>
   <si>
     <t>Frank Regal</t>
   </si>
   <si>
     <t>570-281-6444</t>
   </si>
   <si>
     <t>frank@regal-plumbing.com</t>
   </si>
+  <si>
+    <t>Chesapeake Systems LLC</t>
+  </si>
+  <si>
+    <t>Middleton Plumbing LLC</t>
+  </si>
+  <si>
+    <t>US Electrical Services Inc. dba Yale Electric Supply Company</t>
+  </si>
+  <si>
+    <t>2562 Boulevard of the Generals, Norristown, PA 19403</t>
+  </si>
+  <si>
+    <t>Eric Walker</t>
+  </si>
+  <si>
+    <t>717-729-7378</t>
+  </si>
+  <si>
+    <t>ewalker@.chesapeakesystems.com</t>
+  </si>
+  <si>
+    <t>401 W Walnut, Allentown, PA 18102</t>
+  </si>
+  <si>
+    <t>Michael Mastro</t>
+  </si>
+  <si>
+    <t>845-521-6502</t>
+  </si>
+  <si>
+    <t>michael@mastromanagement.com</t>
+  </si>
+  <si>
+    <t>2207 Paxton Street, Harrisburg, PA 17111</t>
+  </si>
+  <si>
+    <t>Derek Jardine</t>
+  </si>
+  <si>
+    <t>717-980-1018</t>
+  </si>
+  <si>
+    <t>djardine@yaleeletricsupply.com</t>
+  </si>
+  <si>
+    <t>Fessenden Hall of PA Inc</t>
+  </si>
+  <si>
+    <t>Hvac Doctor LLC</t>
+  </si>
+  <si>
+    <t>Diversified PHL INC</t>
+  </si>
+  <si>
+    <t>Electrical Power Systems Inc</t>
+  </si>
+  <si>
+    <t>TwoXTen Inc dba Murphy Lumber</t>
+  </si>
+  <si>
+    <t>730 Louis Dr, Warminster, Pa 18974</t>
+  </si>
+  <si>
+    <t>Sean LaCreta</t>
+  </si>
+  <si>
+    <t>215-589-2414</t>
+  </si>
+  <si>
+    <t>slacreta@divgrp.com</t>
+  </si>
+  <si>
+    <t>2618 Geramantown Ave, Philadelphia, PA 19133</t>
+  </si>
+  <si>
+    <t>Robert McKoy</t>
+  </si>
+  <si>
+    <t>267-693-8703</t>
+  </si>
+  <si>
+    <t>robertmckoy@hvacdoctorllc.com</t>
+  </si>
+  <si>
+    <t>3021 Industry Drive, Lancaster, PA 17603</t>
+  </si>
+  <si>
+    <t>John Rock</t>
+  </si>
+  <si>
+    <t>800-220-3157</t>
+  </si>
+  <si>
+    <t>johnrock@fessendenhall.com</t>
+  </si>
+  <si>
+    <t>240-A New Churchmans Rd., New Castle, DE</t>
+  </si>
+  <si>
+    <t>Robert Yovanov</t>
+  </si>
+  <si>
+    <t>603-930-9923</t>
+  </si>
+  <si>
+    <t>epsipower@aol.com</t>
+  </si>
+  <si>
+    <t>79 State Rt 437, White Haven, Pa 18661</t>
+  </si>
+  <si>
+    <t>Michael King</t>
+  </si>
+  <si>
+    <t>570-443-8292</t>
+  </si>
+  <si>
+    <t>sales@murphylumber.net</t>
+  </si>
+  <si>
+    <t>J. R. Lumber Company Inc</t>
+  </si>
+  <si>
+    <t>6202 State Route 7, Andover, Ohio 44003</t>
+  </si>
+  <si>
+    <t>Cumberland Supply</t>
+  </si>
+  <si>
+    <t>Comairco Equipment Inc</t>
+  </si>
+  <si>
+    <t>Jemima Miller</t>
+  </si>
+  <si>
+    <t>440-293-7382</t>
+  </si>
+  <si>
+    <t>jrlumberandover@hotmail.com</t>
+  </si>
+  <si>
+    <t>35 Ridge Road, Newville, PA 17241</t>
+  </si>
+  <si>
+    <t>Daniel Fisher</t>
+  </si>
+  <si>
+    <t>717-553-0032</t>
+  </si>
+  <si>
+    <t>daniel@cumberlandsupply.com</t>
+  </si>
+  <si>
+    <t>3250 Union Road, Buffalo, NY 14227</t>
+  </si>
+  <si>
+    <t>Meghan McMahon</t>
+  </si>
+  <si>
+    <t>724-657-7835</t>
+  </si>
+  <si>
+    <t>Mmcmahon@Comairco.com</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
     <numFmt numFmtId="165" formatCode="000\-000\-0000"/>
     <numFmt numFmtId="166" formatCode="000000"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2712,51 +2877,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF548DD4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="18">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2937,64 +3102,77 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="92">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -3243,50 +3421,62 @@
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="5" xr:uid="{FEB86B7E-99C7-4A2F-BA7A-5596C47DF530}"/>
     <cellStyle name="Hyperlink 3" xfId="4" xr:uid="{FA5F92FC-8636-4598-BC35-E93676B1C8CA}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="6" xr:uid="{37257112-F3EA-4BA6-B4E7-2284646880E4}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{7F5B4A7B-98D5-4A0E-94BB-8DD81A5D53CA}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{C547735F-2544-49BF-A907-2CC2FC49CA19}"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
@@ -3735,11596 +3925,12351 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://collab.pa.gov/dgs/home/BOP/Documents/RFQ%20Documents/Instruction/INSTRUCTION%20ITQ%20RFQ%20PROCESS%20IN%20JAGGAER%20AND%20NON-JAGGAER.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rlaurent@pa.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dgs.pa.gov/Materials-Services-Procurement/Procurement-Resources/EUP/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmaher@bestplumbingonline.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terry.smith@hcnye.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdewald@bilisupply.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anthony@rhmarcon.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark@rockhardcoatingsne.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbabiak@dvlnet.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@HGJONES.COM" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keith@lewislp.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tony@equiparts.net" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david@fbisecurity.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.lorber@jlorber.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zkrum@rosengartenroofing.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@pidpi.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel@dcindustries.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diane@alleghenyfence.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mattharris@cm3inc.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim.matthews@oshea.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdewald@bilisupply.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@ems-lighting.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@signlaservice.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhartle@stelcoinc.com" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@regal-plumbing.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmaher@bestplumbingonline.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rdonnelly@arisupply.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas@carterlumber.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@securityfurnishings.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.brenneman@anixter.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwan.martin@11beleectricii.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jime@bennettsupply.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mattd@mapeco.com" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgarcelon@aprsupply.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajones@peakindustries.net" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@greffensys.com" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.reed@ferguson.com" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@HGJONES.COM" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zkrum@rosengartenroofing.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terry.smith@hcnye.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keith@lewislp.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.kinkead@i-con.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mattharris@cm3inc.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbtinko@kbheatingandair.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:junior@servicesby3b.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tunsupply@ptd.net" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdewald@bilisupply.com" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.weachock@carrier.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean@DPS1981.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estimatinghy@overheaddoors.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mark.Harrison@Centimark.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark.harrison@centimark.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bholmes@eriematerials.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wlewisdoor@verizon.net" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas@carterlumber.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mshaeffer@sysdist.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwan.martin@11beleectricii.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdion@yourcomfortspecialists.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@securityfurnishings.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Amy.Sumner@daikinapplied.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@middletownlumber.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajones@peakindustries.net" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.reed@ferguson.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgarcelon@aprsupply.com" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@mullenrefrigeration.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnselfe@mcclureco.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@HGJONES.COM" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devon.goodsell@remichel.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:refser@comcast.net" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trevor@russellplywood.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rstauder@processcontrolsolutions.net" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfetter@delval.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt@cooneycoil.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:govbids@cooper-electric.com" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate@hhservicecompany.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@bepsinc.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwswager@bmkramer.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mshaeffer@sysdist.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@tysonfence.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samantha@delatorredesign.com" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rkennedy@marcservice.net" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@ankind.net" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@american-corrections.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bholmes@eriematerials.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsmith@tristatehvac.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdion@yourcomfortspecialists.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@securityfurnishings.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jt@boyertownsupply.com" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mandi@markspp.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ROBBIE.MCCORKLE@SHAWINC.COM" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgarcelon@aprsupply.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdrinc1@gmail.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnselfe@mcclureco.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@american-corrections.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tony@equiparts.net" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:drubendall@bingamanlumber.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmoll@uri.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:govbids@cooper-electric.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:randy.mintz@psxgroup.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwswager@bmkramer.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devon.goodsell@remichel.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkressley@trane.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jms@allghenycityelectric.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mike.McHenry@ainsworth.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt@cooneycoil.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jon.jacobs@jci.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsattelmyer@gmail.com" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shane.mccaslin@kingwaygroupusa.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@ankind.net" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bholmes@eriematerials.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas@carterlumber.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@muncydoor.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jt@boyertownsupply.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmaher@bestplumbingonline.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdion@yourcomfortspecialists.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tshay@fayjantoolsales.com" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barry@mapginc.com" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@signlaservice.com" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@plylerentry.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnselfe@mcclureco.com" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark@rockhardcoatingsne.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tony@equiparts.net" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbabiak@dvlnet.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@american-corrections.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luke.a.tomaselli@sherwin.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkressley@trane.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.lorber@jlorber.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jms@allghenycityelectric.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmoll@uri.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmoll@uri.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt@cooneycoil.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scott@enteksys.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jon.jacobs@jci.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiffany.holzer@lbh2o.com" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhartle@stelcoinc.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@ankind.net" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwswager@bmkramer.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cbrown@harrisburgfloor.com" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnselfe@mcclureco.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rdonnelly@arisupply.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas@carterlumber.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wade@specialtyfence.net" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmakowski@builders-hardware.net" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brad@shunkskitchens.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.reed@ferguson.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmaher@bestplumbingonline.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terry.smith@hcnye.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdewald@bilisupply.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anthony@rhmarcon.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark@rockhardcoatingsne.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbabiak@dvlnet.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@HGJONES.COM" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keith@lewislp.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david@fbisecurity.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel@dcindustries.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diane@alleghenyfence.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim.matthews@oshea.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdewald@bilisupply.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@signlaservice.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@mastromanagement.com" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@regal-plumbing.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmaher@bestplumbingonline.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rdonnelly@arisupply.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas@carterlumber.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@securityfurnishings.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.brenneman@anixter.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwan.martin@11beleectricii.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jime@bennettsupply.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mattd@mapeco.com" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgarcelon@aprsupply.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajones@peakindustries.net" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@greffensys.com" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.reed@ferguson.com" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epsipower@aol.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@HGJONES.COM" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zkrum@rosengartenroofing.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terry.smith@hcnye.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keith@lewislp.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.kinkead@i-con.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mattharris@cm3inc.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbtinko@kbheatingandair.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:junior@servicesby3b.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tunsupply@ptd.net" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdewald@bilisupply.com" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.weachock@carrier.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean@DPS1981.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estimatinghy@overheaddoors.com" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:djardine@yaleeletricsupply.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mark.Harrison@Centimark.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark.harrison@centimark.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewalker@.chesapeakesystems.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bholmes@eriematerials.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wlewisdoor@verizon.net" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas@carterlumber.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mshaeffer@sysdist.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwan.martin@11beleectricii.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdion@yourcomfortspecialists.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@securityfurnishings.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Amy.Sumner@daikinapplied.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@middletownlumber.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajones@peakindustries.net" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.reed@ferguson.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgarcelon@aprsupply.com" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@mullenrefrigeration.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnselfe@mcclureco.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@murphylumber.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@HGJONES.COM" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devon.goodsell@remichel.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:refser@comcast.net" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trevor@russellplywood.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rstauder@processcontrolsolutions.net" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfetter@delval.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt@cooneycoil.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:govbids@cooper-electric.com" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate@hhservicecompany.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@bepsinc.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwswager@bmkramer.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mshaeffer@sysdist.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@tysonfence.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samantha@delatorredesign.com" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rkennedy@marcservice.net" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewalker@.chesapeakesystems.com" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:slacreta@divgrp.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@ankind.net" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@american-corrections.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bholmes@eriematerials.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsmith@tristatehvac.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdion@yourcomfortspecialists.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@securityfurnishings.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jt@boyertownsupply.com" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mandi@markspp.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ROBBIE.MCCORKLE@SHAWINC.COM" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgarcelon@aprsupply.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdrinc1@gmail.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnselfe@mcclureco.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mmcmahon@Comairco.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@american-corrections.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tony@equiparts.net" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:drubendall@bingamanlumber.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmoll@uri.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:govbids@cooper-electric.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:randy.mintz@psxgroup.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwswager@bmkramer.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:devon.goodsell@remichel.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkressley@trane.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jms@allghenycityelectric.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mike.McHenry@ainsworth.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt@cooneycoil.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jon.jacobs@jci.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsattelmyer@gmail.com" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shane.mccaslin@kingwaygroupusa.com" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:slacreta@divgrp.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@ankind.net" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewalker@.chesapeakesystems.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bholmes@eriematerials.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas@carterlumber.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@muncydoor.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jt@boyertownsupply.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmaher@bestplumbingonline.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdion@yourcomfortspecialists.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tshay@fayjantoolsales.com" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barry@mapginc.com" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@signlaservice.com" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@plylerentry.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnselfe@mcclureco.com" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark@rockhardcoatingsne.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robertmckoy@hvacdoctorllc.com" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tony@equiparts.net" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbabiak@dvlnet.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abirnbrauer@american-corrections.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luke.a.tomaselli@sherwin.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkressley@trane.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.lorber@jlorber.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jms@allghenycityelectric.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmoll@uri.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmoll@uri.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt@cooneycoil.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scott@enteksys.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jon.jacobs@jci.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiffany.holzer@lbh2o.com" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhartle@stelcoinc.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@ankind.net" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwswager@bmkramer.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cbrown@harrisburgfloor.com" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnselfe@mcclureco.com" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewalker@.chesapeakesystems.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rdonnelly@arisupply.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jthomas@carterlumber.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtodd@knoebels.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtressler@ybconline.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochsbuilding@zoominternet.net" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wade@specialtyfence.net" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmakowski@builders-hardware.net" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brad@shunkskitchens.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.reed@ferguson.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corrylumber4@verizon.net" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marta@lebanonbuildingsupply.com" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnrock@fessendenhall.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bradr@larryslumberandsupply.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tony@equiparts.net" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.lorber@jlorber.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zkrum@rosengartenroofing.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBS@Penn.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@pidpi.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mattharris@cm3inc.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@ems-lighting.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhartle@stelcoinc.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{274C8BB9-B7D3-4F7D-AC62-90BC16AAABEA}">
   <dimension ref="B1:XFC24"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="E8" sqref="E8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="69.5703125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.54296875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="100.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="1.54296875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="30.81640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="69.54296875" style="1" customWidth="1"/>
     <col min="6" max="6" width="0" style="1" hidden="1"/>
-    <col min="7" max="16383" width="9.140625" style="1" hidden="1"/>
-    <col min="16384" max="16384" width="1.42578125" style="1" customWidth="1"/>
+    <col min="7" max="16383" width="9.1796875" style="1" hidden="1"/>
+    <col min="16384" max="16384" width="1.453125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="2:6" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:6" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:6" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B2" s="38" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="39"/>
       <c r="D2" s="81" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="82"/>
     </row>
-    <row r="3" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="83" t="s">
         <v>618</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="40" t="str">
         <f>'[1]Web Posting Checklist'!C8</f>
         <v>Facilities Maintenance Materials</v>
       </c>
     </row>
-    <row r="4" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="84"/>
       <c r="C4" s="1"/>
       <c r="D4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="40">
         <v>4400026697</v>
       </c>
     </row>
-    <row r="5" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="84"/>
       <c r="C5" s="1"/>
       <c r="D5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="40">
         <f>'[1]Web Posting Checklist'!C10</f>
         <v>4400026697</v>
       </c>
     </row>
-    <row r="6" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="84"/>
       <c r="C6" s="1"/>
       <c r="D6" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="41" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="84"/>
       <c r="C7" s="1"/>
       <c r="D7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="42" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="8" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="84"/>
       <c r="C8" s="1"/>
       <c r="D8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="43">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="9" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="84"/>
       <c r="C9" s="1"/>
       <c r="D9" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="44" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="37"/>
     </row>
-    <row r="10" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="84"/>
       <c r="C10" s="1"/>
       <c r="D10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="40" t="s">
         <v>429</v>
       </c>
     </row>
-    <row r="11" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:6" s="2" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="84"/>
       <c r="C11" s="1"/>
       <c r="D11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="45" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="12" spans="2:6" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:6" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="84"/>
       <c r="C12" s="1"/>
       <c r="D12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="46" t="s">
         <v>431</v>
       </c>
     </row>
-    <row r="13" spans="2:6" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:6" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B13" s="84"/>
       <c r="C13" s="1"/>
       <c r="D13" s="86" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="87"/>
     </row>
-    <row r="14" spans="2:6" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:6" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="84"/>
       <c r="C14" s="1"/>
       <c r="D14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="41" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="15" spans="2:6" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:6" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="84"/>
       <c r="C15" s="1"/>
       <c r="D15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E15" s="41" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="16" spans="2:6" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:6" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="84"/>
       <c r="C16" s="1"/>
       <c r="D16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="E16" s="47" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="17" spans="2:5" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:5" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="84"/>
       <c r="C17" s="1"/>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="48" t="str">
         <f>'[1]Web Posting Checklist'!C14</f>
         <v>P-Card Accepted</v>
       </c>
     </row>
-    <row r="18" spans="2:5" s="2" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:5" s="2" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="84"/>
       <c r="C18" s="1"/>
       <c r="D18" s="88" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="89"/>
     </row>
-    <row r="19" spans="2:5" s="2" customFormat="1" ht="204" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:5" s="2" customFormat="1" ht="204" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="84"/>
       <c r="C19" s="1"/>
       <c r="D19" s="90"/>
       <c r="E19" s="91"/>
     </row>
-    <row r="20" spans="2:5" s="2" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:5" s="2" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="85"/>
       <c r="C20" s="1"/>
       <c r="D20" s="5"/>
       <c r="E20" s="49"/>
     </row>
-    <row r="21" spans="2:5" s="2" customFormat="1" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:5" s="2" customFormat="1" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B21" s="52" t="s">
         <v>619</v>
       </c>
       <c r="C21" s="50"/>
       <c r="D21" s="50"/>
       <c r="E21" s="51"/>
     </row>
-    <row r="22" spans="2:5" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="24" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="2:5" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="23" spans="2:5" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="24" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="B3:B20"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D19:E19"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Choose from drop-down list" sqref="E14" xr:uid="{76336FCD-5BC3-4168-9F6C-50AC1EFD6C11}">
       <formula1>"Material, Service, Both"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Choose from drop-down list" sqref="E15" xr:uid="{B1F084F6-6584-440B-A408-A358048E012C}">
       <formula1>"Catalog/Price List, Invitation To Qualify (ITQ), Line Item, MSCC, MSCC/Line Item, Punchout, MRP and Market Priced contracts, Supplier Website"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Only change revision date when making a change to the contract (i.e. pricing update, renewal, etc)  If only updating supplier contact information do not change revision date." sqref="E9" xr:uid="{256B09AF-59FB-4AB0-B2CB-083126FA0878}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="E16" r:id="rId1" xr:uid="{95F63F64-A088-4497-A6E1-FCEDF47C45A8}"/>
     <hyperlink ref="E12" r:id="rId2" xr:uid="{32760AA7-887C-4C98-9BFB-CEBA6396FD24}"/>
     <hyperlink ref="D18:E18" r:id="rId3" display="https://collab.pa.gov/dgs/home/BOP/Documents/RFQ Documents/Instruction/INSTRUCTION ITQ RFQ PROCESS IN JAGGAER AND NON-JAGGAER.pdf" xr:uid="{C219A568-B653-4E21-80C8-7E811D87FCA6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8202FFF4-CF63-40FA-919E-AA47058CDBA3}">
-  <dimension ref="A1:P1049"/>
+  <dimension ref="A1:P1056"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A342" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="N355" sqref="N355"/>
+      <pane ySplit="1" topLeftCell="A369" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I384" sqref="I384"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="18" style="10" customWidth="1"/>
-    <col min="2" max="2" width="17.42578125" style="11" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="37.42578125" style="12" customWidth="1"/>
+    <col min="2" max="2" width="17.453125" style="11" customWidth="1"/>
+    <col min="3" max="3" width="37.453125" style="12" customWidth="1"/>
+    <col min="4" max="4" width="37.453125" style="10" customWidth="1"/>
+    <col min="5" max="5" width="37.453125" style="12" customWidth="1"/>
     <col min="6" max="6" width="24" style="10" customWidth="1"/>
-    <col min="7" max="7" width="17.5703125" style="13" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="27" max="16384" width="8.85546875" style="74"/>
+    <col min="7" max="7" width="17.54296875" style="13" customWidth="1"/>
+    <col min="8" max="8" width="19.54296875" style="13" customWidth="1"/>
+    <col min="9" max="9" width="50.54296875" style="14" customWidth="1"/>
+    <col min="10" max="10" width="66.81640625" style="73" hidden="1" customWidth="1"/>
+    <col min="11" max="13" width="8.81640625" style="74" hidden="1" customWidth="1"/>
+    <col min="14" max="26" width="8.81640625" style="74" customWidth="1"/>
+    <col min="27" max="16384" width="8.81640625" style="74"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="54" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" ht="54" x14ac:dyDescent="0.35">
       <c r="A1" s="71" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="71" t="s">
         <v>24</v>
       </c>
       <c r="C1" s="71" t="s">
         <v>25</v>
       </c>
       <c r="D1" s="72" t="s">
         <v>26</v>
       </c>
       <c r="E1" s="71" t="s">
         <v>27</v>
       </c>
       <c r="F1" s="71" t="s">
         <v>28</v>
       </c>
       <c r="G1" s="71" t="s">
         <v>29</v>
       </c>
       <c r="H1" s="71" t="s">
         <v>30</v>
       </c>
       <c r="I1" s="71" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="6">
         <v>4400027177</v>
       </c>
       <c r="B2" s="6">
         <v>307791</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>32</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>33</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>35</v>
       </c>
       <c r="H2" s="9" t="s">
         <v>36</v>
       </c>
       <c r="I2" s="16" t="s">
         <v>37</v>
       </c>
       <c r="L2" s="74" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6">
         <v>4400027177</v>
       </c>
       <c r="B3" s="6">
         <v>307791</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>32</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>40</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>35</v>
       </c>
       <c r="H3" s="9" t="s">
         <v>36</v>
       </c>
       <c r="I3" s="16" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="6">
         <v>4400027177</v>
       </c>
       <c r="B4" s="6">
         <v>307791</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>42</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>34</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>35</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>36</v>
       </c>
       <c r="I4" s="16" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="6">
         <v>4400027191</v>
       </c>
       <c r="B5" s="6">
         <v>143265</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>45</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>46</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>47</v>
       </c>
       <c r="H5" s="9" t="s">
         <v>48</v>
       </c>
       <c r="I5" s="16" t="s">
         <v>49</v>
       </c>
       <c r="J5" s="73" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="6">
         <v>4400027216</v>
       </c>
       <c r="B6" s="6">
         <v>179832</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>55</v>
       </c>
       <c r="H6" s="9" t="s">
         <v>56</v>
       </c>
       <c r="I6" s="16" t="s">
         <v>57</v>
       </c>
       <c r="J6" s="73" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="6">
         <v>4400027216</v>
       </c>
       <c r="B7" s="6">
         <v>179832</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>55</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>56</v>
       </c>
       <c r="I7" s="16" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="6">
         <v>4400027217</v>
       </c>
       <c r="B8" s="6">
         <v>125105</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E8" s="23" t="s">
         <v>62</v>
       </c>
       <c r="F8" s="22" t="s">
         <v>63</v>
       </c>
       <c r="G8" s="21" t="s">
         <v>64</v>
       </c>
       <c r="H8" s="21" t="s">
         <v>65</v>
       </c>
       <c r="I8" s="26" t="s">
         <v>66</v>
       </c>
       <c r="J8" s="73" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="6">
         <v>4400027217</v>
       </c>
       <c r="B9" s="6">
         <v>125105</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E9" s="23" t="s">
         <v>62</v>
       </c>
       <c r="F9" s="22" t="s">
         <v>63</v>
       </c>
       <c r="G9" s="21" t="s">
         <v>64</v>
       </c>
       <c r="H9" s="21" t="s">
         <v>65</v>
       </c>
       <c r="I9" s="26" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="6">
         <v>4400027217</v>
       </c>
       <c r="B10" s="6">
         <v>125105</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>60</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="23" t="s">
         <v>62</v>
       </c>
       <c r="F10" s="22" t="s">
         <v>63</v>
       </c>
       <c r="G10" s="21" t="s">
         <v>64</v>
       </c>
       <c r="H10" s="21" t="s">
         <v>65</v>
       </c>
       <c r="I10" s="26" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="11" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="6">
         <v>4400029623</v>
       </c>
       <c r="B11" s="63">
         <v>556850</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E11" s="23" t="s">
         <v>71</v>
       </c>
       <c r="F11" s="22" t="s">
         <v>72</v>
       </c>
       <c r="G11" s="21" t="s">
         <v>73</v>
       </c>
       <c r="H11" s="21" t="s">
         <v>74</v>
       </c>
       <c r="I11" s="26" t="s">
         <v>75</v>
       </c>
       <c r="J11" s="73" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="6">
         <v>4400027220</v>
       </c>
       <c r="B12" s="6">
         <v>160979</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="27" t="s">
         <v>77</v>
       </c>
       <c r="F12" s="22" t="s">
         <v>78</v>
       </c>
       <c r="G12" s="21" t="s">
         <v>79</v>
       </c>
       <c r="H12" s="21" t="s">
         <v>80</v>
       </c>
       <c r="I12" s="26" t="s">
         <v>81</v>
       </c>
       <c r="J12" s="73" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="13" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="6">
         <v>4400027220</v>
       </c>
       <c r="B13" s="6">
         <v>160979</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="27" t="s">
         <v>77</v>
       </c>
       <c r="F13" s="22" t="s">
         <v>78</v>
       </c>
       <c r="G13" s="21" t="s">
         <v>79</v>
       </c>
       <c r="H13" s="21" t="s">
         <v>80</v>
       </c>
       <c r="I13" s="26" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="14" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="6">
         <v>4400027220</v>
       </c>
       <c r="B14" s="6">
         <v>160979</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E14" s="27" t="s">
         <v>77</v>
       </c>
       <c r="F14" s="22" t="s">
         <v>78</v>
       </c>
       <c r="G14" s="21" t="s">
         <v>79</v>
       </c>
       <c r="H14" s="21" t="s">
         <v>80</v>
       </c>
       <c r="I14" s="26" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="15" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="6">
         <v>4400027220</v>
       </c>
       <c r="B15" s="6">
         <v>160979</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E15" s="27" t="s">
         <v>77</v>
       </c>
       <c r="F15" s="22" t="s">
         <v>78</v>
       </c>
       <c r="G15" s="21" t="s">
         <v>79</v>
       </c>
       <c r="H15" s="21" t="s">
         <v>80</v>
       </c>
       <c r="I15" s="26" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="6">
         <v>4400027232</v>
       </c>
       <c r="B16" s="6">
         <v>546312</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F16" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G16" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H16" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I16" s="26" t="s">
         <v>88</v>
       </c>
       <c r="J16" s="73" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="17" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="6">
         <v>4400027232</v>
       </c>
       <c r="B17" s="6">
         <v>546312</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F17" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G17" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H17" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I17" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="18" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="6">
         <v>4400027232</v>
       </c>
       <c r="B18" s="6">
         <v>546312</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E18" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G18" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H18" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I18" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="19" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="6">
         <v>4400027232</v>
       </c>
       <c r="B19" s="6">
         <v>546312</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E19" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F19" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G19" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H19" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I19" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="20" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="6">
         <v>4400027232</v>
       </c>
       <c r="B20" s="6">
         <v>546312</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F20" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G20" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H20" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I20" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="21" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="6">
         <v>4400027232</v>
       </c>
       <c r="B21" s="6">
         <v>546312</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E21" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H21" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I21" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="22" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="6">
         <v>4400027232</v>
       </c>
       <c r="B22" s="6">
         <v>546312</v>
       </c>
       <c r="C22" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E22" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F22" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G22" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H22" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I22" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="23" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="6">
         <v>4400027232</v>
       </c>
       <c r="B23" s="6">
         <v>546312</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G23" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H23" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I23" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="24" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="6">
         <v>4400027232</v>
       </c>
       <c r="B24" s="6">
         <v>546312</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F24" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G24" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H24" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I24" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="25" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="6">
         <v>4400027232</v>
       </c>
       <c r="B25" s="6">
         <v>546312</v>
       </c>
       <c r="C25" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E25" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F25" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G25" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H25" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I25" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="26" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="6">
         <v>4400027232</v>
       </c>
       <c r="B26" s="6">
         <v>546312</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F26" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G26" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H26" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I26" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="27" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="6">
         <v>4400027232</v>
       </c>
       <c r="B27" s="6">
         <v>546312</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E27" s="23" t="s">
         <v>84</v>
       </c>
       <c r="F27" s="22" t="s">
         <v>85</v>
       </c>
       <c r="G27" s="21" t="s">
         <v>86</v>
       </c>
       <c r="H27" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I27" s="26" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="28" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="6">
         <v>4400027233</v>
       </c>
       <c r="B28" s="6">
         <v>426306</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>89</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E28" s="23" t="s">
         <v>90</v>
       </c>
       <c r="F28" s="22" t="s">
         <v>91</v>
       </c>
       <c r="G28" s="21" t="s">
         <v>92</v>
       </c>
       <c r="H28" s="21" t="s">
         <v>93</v>
       </c>
       <c r="I28" s="17" t="s">
         <v>94</v>
       </c>
       <c r="J28" s="73" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="29" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="6">
         <v>4400027233</v>
       </c>
       <c r="B29" s="6">
         <v>426306</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="23" t="s">
         <v>90</v>
       </c>
       <c r="F29" s="22" t="s">
         <v>91</v>
       </c>
       <c r="G29" s="21" t="s">
         <v>92</v>
       </c>
       <c r="H29" s="21" t="s">
         <v>93</v>
       </c>
       <c r="I29" s="17" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="30" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="6">
         <v>4400027504</v>
       </c>
       <c r="B30" s="6">
         <v>213429</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>95</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E30" s="23" t="s">
         <v>96</v>
       </c>
       <c r="F30" s="22" t="s">
         <v>97</v>
       </c>
       <c r="G30" s="21" t="s">
         <v>98</v>
       </c>
       <c r="H30" s="21" t="s">
         <v>99</v>
       </c>
       <c r="I30" s="17" t="s">
         <v>100</v>
       </c>
       <c r="J30" s="73" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="31" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="6">
         <v>4400027536</v>
       </c>
       <c r="B31" s="6">
         <v>102377</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>101</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E31" s="23" t="s">
         <v>102</v>
       </c>
       <c r="F31" s="22" t="s">
         <v>103</v>
       </c>
       <c r="G31" s="21" t="s">
         <v>104</v>
       </c>
       <c r="H31" s="21" t="s">
         <v>105</v>
       </c>
       <c r="I31" s="17" t="s">
         <v>106</v>
       </c>
       <c r="J31" s="73" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="32" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="6">
         <v>4400027536</v>
       </c>
       <c r="B32" s="6">
         <v>102377</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>101</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="23" t="s">
         <v>102</v>
       </c>
       <c r="F32" s="22" t="s">
         <v>103</v>
       </c>
       <c r="G32" s="21" t="s">
         <v>104</v>
       </c>
       <c r="H32" s="21" t="s">
         <v>105</v>
       </c>
       <c r="I32" s="17" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="33" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="6">
         <v>4400027503</v>
       </c>
       <c r="B33" s="6">
         <v>152025</v>
       </c>
       <c r="C33" s="7" t="s">
         <v>108</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E33" s="23" t="s">
         <v>109</v>
       </c>
       <c r="F33" s="22" t="s">
         <v>110</v>
       </c>
       <c r="G33" s="21" t="s">
         <v>111</v>
       </c>
       <c r="H33" s="21" t="s">
         <v>112</v>
       </c>
       <c r="I33" s="17" t="s">
         <v>113</v>
       </c>
       <c r="J33" s="73" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="34" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="6">
         <v>4400027503</v>
       </c>
       <c r="B34" s="6">
         <v>152025</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>108</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E34" s="23" t="s">
         <v>109</v>
       </c>
       <c r="F34" s="22" t="s">
         <v>110</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>111</v>
       </c>
       <c r="H34" s="21" t="s">
         <v>112</v>
       </c>
       <c r="I34" s="17" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="35" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="6">
         <v>4400027503</v>
       </c>
       <c r="B35" s="6">
         <v>152025</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E35" s="23" t="s">
         <v>109</v>
       </c>
       <c r="F35" s="22" t="s">
         <v>110</v>
       </c>
       <c r="G35" s="21" t="s">
         <v>111</v>
       </c>
       <c r="H35" s="21" t="s">
         <v>112</v>
       </c>
       <c r="I35" s="17" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="36" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="6">
         <v>4400027503</v>
       </c>
       <c r="B36" s="6">
         <v>152025</v>
       </c>
       <c r="C36" s="7" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E36" s="23" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="22" t="s">
         <v>110</v>
       </c>
       <c r="G36" s="21" t="s">
         <v>111</v>
       </c>
       <c r="H36" s="21" t="s">
         <v>112</v>
       </c>
       <c r="I36" s="17" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="37" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="6">
         <v>4400027503</v>
       </c>
       <c r="B37" s="6">
         <v>152025</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>108</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E37" s="23" t="s">
         <v>109</v>
       </c>
       <c r="F37" s="22" t="s">
         <v>110</v>
       </c>
       <c r="G37" s="21" t="s">
         <v>111</v>
       </c>
       <c r="H37" s="21" t="s">
         <v>112</v>
       </c>
       <c r="I37" s="17" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="38" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="6">
         <v>4400027503</v>
       </c>
       <c r="B38" s="6">
         <v>152025</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>108</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E38" s="23" t="s">
         <v>109</v>
       </c>
       <c r="F38" s="22" t="s">
         <v>110</v>
       </c>
       <c r="G38" s="21" t="s">
         <v>111</v>
       </c>
       <c r="H38" s="21" t="s">
         <v>112</v>
       </c>
       <c r="I38" s="17" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="39" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="6">
         <v>4400027535</v>
       </c>
       <c r="B39" s="6">
         <v>156076</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E39" s="23" t="s">
         <v>115</v>
       </c>
       <c r="F39" s="25" t="s">
         <v>116</v>
       </c>
       <c r="G39" s="21" t="s">
         <v>117</v>
       </c>
       <c r="H39" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I39" s="22" t="s">
         <v>119</v>
       </c>
       <c r="J39" s="73" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="40" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="6">
         <v>4400027535</v>
       </c>
       <c r="B40" s="6">
         <v>156076</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>114</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E40" s="23" t="s">
         <v>115</v>
       </c>
       <c r="F40" s="25" t="s">
         <v>116</v>
       </c>
       <c r="G40" s="21" t="s">
         <v>117</v>
       </c>
       <c r="H40" s="18" t="s">
         <v>118</v>
       </c>
       <c r="I40" s="22" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="41" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="6">
         <v>4400027538</v>
       </c>
       <c r="B41" s="6">
         <v>118099</v>
       </c>
       <c r="C41" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E41" s="23" t="s">
         <v>121</v>
       </c>
       <c r="F41" s="22" t="s">
         <v>122</v>
       </c>
       <c r="G41" s="21" t="s">
         <v>123</v>
       </c>
       <c r="H41" s="21" t="s">
         <v>124</v>
       </c>
       <c r="I41" s="17" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="42" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="6">
         <v>4400027538</v>
       </c>
       <c r="B42" s="6">
         <v>118099</v>
       </c>
       <c r="C42" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E42" s="23" t="s">
         <v>121</v>
       </c>
       <c r="F42" s="22" t="s">
         <v>122</v>
       </c>
       <c r="G42" s="21" t="s">
         <v>123</v>
       </c>
       <c r="H42" s="21" t="s">
         <v>124</v>
       </c>
       <c r="I42" s="17" t="s">
         <v>125</v>
       </c>
       <c r="J42" s="74"/>
     </row>
-    <row r="43" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="6">
         <v>4400027538</v>
       </c>
       <c r="B43" s="6">
         <v>118099</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E43" s="23" t="s">
         <v>121</v>
       </c>
       <c r="F43" s="22" t="s">
         <v>122</v>
       </c>
       <c r="G43" s="21" t="s">
         <v>123</v>
       </c>
       <c r="H43" s="21" t="s">
         <v>124</v>
       </c>
       <c r="I43" s="17" t="s">
         <v>125</v>
       </c>
       <c r="J43" s="74"/>
     </row>
-    <row r="44" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="6">
         <v>4400027539</v>
       </c>
       <c r="B44" s="6">
         <v>342528</v>
       </c>
       <c r="C44" s="7" t="s">
         <v>126</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E44" s="23" t="s">
         <v>127</v>
       </c>
       <c r="F44" s="22" t="s">
         <v>128</v>
       </c>
       <c r="G44" s="21" t="s">
         <v>129</v>
       </c>
       <c r="H44" s="21" t="s">
         <v>130</v>
       </c>
       <c r="I44" s="17" t="s">
         <v>131</v>
       </c>
       <c r="J44" s="74"/>
     </row>
-    <row r="45" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="6">
         <v>4400027575</v>
       </c>
       <c r="B45" s="6">
         <v>526461</v>
       </c>
       <c r="C45" s="7" t="s">
         <v>132</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E45" s="20" t="s">
         <v>133</v>
       </c>
       <c r="F45" s="19" t="s">
         <v>134</v>
       </c>
       <c r="G45" s="18" t="s">
         <v>135</v>
       </c>
       <c r="H45" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I45" s="24" t="s">
         <v>136</v>
       </c>
       <c r="J45" s="74"/>
     </row>
-    <row r="46" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="6">
         <v>4400027575</v>
       </c>
       <c r="B46" s="6">
         <v>526461</v>
       </c>
       <c r="C46" s="7" t="s">
         <v>132</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E46" s="20" t="s">
         <v>133</v>
       </c>
       <c r="F46" s="19" t="s">
         <v>134</v>
       </c>
       <c r="G46" s="18" t="s">
         <v>135</v>
       </c>
       <c r="H46" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I46" s="24" t="s">
         <v>136</v>
       </c>
       <c r="J46" s="74"/>
     </row>
-    <row r="47" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="6">
         <v>4400027575</v>
       </c>
       <c r="B47" s="6">
         <v>526461</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>132</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E47" s="20" t="s">
         <v>133</v>
       </c>
       <c r="F47" s="19" t="s">
         <v>134</v>
       </c>
       <c r="G47" s="18" t="s">
         <v>135</v>
       </c>
       <c r="H47" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I47" s="24" t="s">
         <v>136</v>
       </c>
       <c r="J47" s="74"/>
     </row>
-    <row r="48" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="6">
         <v>4400027575</v>
       </c>
       <c r="B48" s="6">
         <v>526461</v>
       </c>
       <c r="C48" s="7" t="s">
         <v>132</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E48" s="20" t="s">
         <v>133</v>
       </c>
       <c r="F48" s="19" t="s">
         <v>134</v>
       </c>
       <c r="G48" s="18" t="s">
         <v>135</v>
       </c>
       <c r="H48" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I48" s="24" t="s">
         <v>136</v>
       </c>
       <c r="J48" s="74"/>
     </row>
-    <row r="49" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="6">
         <v>4400027575</v>
       </c>
       <c r="B49" s="6">
         <v>526461</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>132</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E49" s="20" t="s">
         <v>133</v>
       </c>
       <c r="F49" s="19" t="s">
         <v>134</v>
       </c>
       <c r="G49" s="18" t="s">
         <v>135</v>
       </c>
       <c r="H49" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I49" s="24" t="s">
         <v>136</v>
       </c>
       <c r="J49" s="74"/>
     </row>
-    <row r="50" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="6">
         <v>4400027575</v>
       </c>
       <c r="B50" s="6">
         <v>526461</v>
       </c>
       <c r="C50" s="7" t="s">
         <v>132</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E50" s="20" t="s">
         <v>133</v>
       </c>
       <c r="F50" s="19" t="s">
         <v>134</v>
       </c>
       <c r="G50" s="18" t="s">
         <v>135</v>
       </c>
       <c r="H50" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I50" s="24" t="s">
         <v>136</v>
       </c>
       <c r="J50" s="74"/>
     </row>
-    <row r="51" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="6">
         <v>4400031892</v>
       </c>
       <c r="B51" s="6">
         <v>559859</v>
       </c>
       <c r="C51" s="64" t="s">
         <v>620</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E51" s="20" t="s">
         <v>137</v>
       </c>
       <c r="F51" s="19" t="s">
         <v>138</v>
       </c>
       <c r="G51" s="18" t="s">
         <v>139</v>
       </c>
       <c r="H51" s="18" t="s">
         <v>140</v>
       </c>
       <c r="I51" s="17" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="52" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="6">
         <v>4400031892</v>
       </c>
       <c r="B52" s="6">
         <v>559859</v>
       </c>
       <c r="C52" s="64" t="s">
         <v>620</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E52" s="20" t="s">
         <v>137</v>
       </c>
       <c r="F52" s="19" t="s">
         <v>138</v>
       </c>
       <c r="G52" s="18" t="s">
         <v>139</v>
       </c>
       <c r="H52" s="18" t="s">
         <v>140</v>
       </c>
       <c r="I52" s="17" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="53" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="6">
         <v>4400031892</v>
       </c>
       <c r="B53" s="6">
         <v>559859</v>
       </c>
       <c r="C53" s="64" t="s">
         <v>620</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E53" s="20" t="s">
         <v>137</v>
       </c>
       <c r="F53" s="19" t="s">
         <v>138</v>
       </c>
       <c r="G53" s="18" t="s">
         <v>139</v>
       </c>
       <c r="H53" s="18" t="s">
         <v>140</v>
       </c>
       <c r="I53" s="17" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="54" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="6">
         <v>4400027558</v>
       </c>
       <c r="B54" s="6">
         <v>142553</v>
       </c>
       <c r="C54" s="7" t="s">
         <v>143</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>144</v>
       </c>
       <c r="F54" s="19" t="s">
         <v>145</v>
       </c>
       <c r="G54" s="9" t="s">
         <v>146</v>
       </c>
       <c r="H54" s="9" t="s">
         <v>147</v>
       </c>
       <c r="I54" s="16" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="55" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="6">
         <v>4400027558</v>
       </c>
       <c r="B55" s="6">
         <v>142553</v>
       </c>
       <c r="C55" s="7" t="s">
         <v>143</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>144</v>
       </c>
       <c r="F55" s="19" t="s">
         <v>145</v>
       </c>
       <c r="G55" s="9" t="s">
         <v>146</v>
       </c>
       <c r="H55" s="9" t="s">
         <v>147</v>
       </c>
       <c r="I55" s="16" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="56" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="6">
         <v>4400027558</v>
       </c>
       <c r="B56" s="6">
         <v>142553</v>
       </c>
       <c r="C56" s="7" t="s">
         <v>143</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>144</v>
       </c>
       <c r="F56" s="19" t="s">
         <v>145</v>
       </c>
       <c r="G56" s="9" t="s">
         <v>146</v>
       </c>
       <c r="H56" s="9" t="s">
         <v>147</v>
       </c>
       <c r="I56" s="16" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="57" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="6">
         <v>4400027560</v>
       </c>
       <c r="B57" s="6">
         <v>201325</v>
       </c>
       <c r="C57" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E57" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F57" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G57" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H57" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I57" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="58" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="6">
         <v>4400027560</v>
       </c>
       <c r="B58" s="6">
         <v>201325</v>
       </c>
       <c r="C58" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E58" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F58" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G58" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H58" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I58" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="59" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="6">
         <v>4400027560</v>
       </c>
       <c r="B59" s="6">
         <v>201325</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E59" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F59" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G59" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H59" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I59" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="60" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="6">
         <v>4400027560</v>
       </c>
       <c r="B60" s="6">
         <v>201325</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E60" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F60" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G60" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H60" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I60" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="61" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="6">
         <v>4400027560</v>
       </c>
       <c r="B61" s="6">
         <v>201325</v>
       </c>
       <c r="C61" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E61" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F61" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G61" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H61" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I61" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="62" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="6">
         <v>4400027560</v>
       </c>
       <c r="B62" s="6">
         <v>201325</v>
       </c>
       <c r="C62" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E62" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F62" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G62" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H62" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I62" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="63" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="6">
         <v>4400027560</v>
       </c>
       <c r="B63" s="6">
         <v>201325</v>
       </c>
       <c r="C63" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E63" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F63" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G63" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H63" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I63" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="64" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="6">
         <v>4400027560</v>
       </c>
       <c r="B64" s="6">
         <v>201325</v>
       </c>
       <c r="C64" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E64" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F64" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G64" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H64" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I64" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="65" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="6">
         <v>4400027560</v>
       </c>
       <c r="B65" s="6">
         <v>201325</v>
       </c>
       <c r="C65" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E65" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F65" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G65" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H65" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I65" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="66" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="6">
         <v>4400027560</v>
       </c>
       <c r="B66" s="6">
         <v>201325</v>
       </c>
       <c r="C66" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E66" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F66" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G66" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H66" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I66" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="67" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="6">
         <v>4400027560</v>
       </c>
       <c r="B67" s="6">
         <v>201325</v>
       </c>
       <c r="C67" s="7" t="s">
         <v>149</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E67" s="20" t="s">
         <v>150</v>
       </c>
       <c r="F67" s="19" t="s">
         <v>151</v>
       </c>
       <c r="G67" s="18" t="s">
         <v>152</v>
       </c>
       <c r="H67" s="18" t="s">
         <v>153</v>
       </c>
       <c r="I67" s="17" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="68" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="6">
         <v>4400027561</v>
       </c>
       <c r="B68" s="6">
         <v>199206</v>
       </c>
       <c r="C68" s="7" t="s">
         <v>155</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>156</v>
       </c>
       <c r="F68" s="6" t="s">
         <v>157</v>
       </c>
       <c r="G68" s="9" t="s">
         <v>158</v>
       </c>
       <c r="H68" s="9" t="s">
         <v>158</v>
       </c>
       <c r="I68" s="16" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="69" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="6">
         <v>4400027561</v>
       </c>
       <c r="B69" s="6">
         <v>199206</v>
       </c>
       <c r="C69" s="7" t="s">
         <v>155</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>156</v>
       </c>
       <c r="F69" s="6" t="s">
         <v>157</v>
       </c>
       <c r="G69" s="9" t="s">
         <v>158</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>158</v>
       </c>
       <c r="I69" s="16" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="70" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="6">
         <v>4400027547</v>
       </c>
       <c r="B70" s="6">
         <v>161324</v>
       </c>
       <c r="C70" s="7" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>161</v>
       </c>
       <c r="F70" s="6" t="s">
         <v>162</v>
       </c>
       <c r="G70" s="9" t="s">
         <v>163</v>
       </c>
       <c r="H70" s="9" t="s">
         <v>164</v>
       </c>
       <c r="I70" s="29" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="71" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A71" s="65">
         <v>4400027548</v>
       </c>
       <c r="B71" s="6">
         <v>541040</v>
       </c>
       <c r="C71" s="66" t="s">
         <v>166</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E71" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F71" s="6" t="s">
         <v>168</v>
       </c>
       <c r="G71" s="9" t="s">
         <v>169</v>
       </c>
       <c r="H71" s="9">
         <v>7172721628</v>
       </c>
       <c r="I71" s="16" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="72" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="65">
         <v>4400027548</v>
       </c>
       <c r="B72" s="6">
         <v>541040</v>
       </c>
       <c r="C72" s="66" t="s">
         <v>166</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E72" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F72" s="6" t="s">
         <v>168</v>
       </c>
       <c r="G72" s="9" t="s">
         <v>169</v>
       </c>
       <c r="H72" s="9">
         <v>7172721628</v>
       </c>
       <c r="I72" s="16" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="73" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="65">
         <v>4400027548</v>
       </c>
       <c r="B73" s="6">
         <v>541040</v>
       </c>
       <c r="C73" s="66" t="s">
         <v>166</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F73" s="6" t="s">
         <v>168</v>
       </c>
       <c r="G73" s="9" t="s">
         <v>169</v>
       </c>
       <c r="H73" s="9">
         <v>7172721628</v>
       </c>
       <c r="I73" s="16" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="74" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="65">
         <v>4400027548</v>
       </c>
       <c r="B74" s="6">
         <v>541040</v>
       </c>
       <c r="C74" s="66" t="s">
         <v>166</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F74" s="6" t="s">
         <v>168</v>
       </c>
       <c r="G74" s="9" t="s">
         <v>169</v>
       </c>
       <c r="H74" s="9">
         <v>7172721628</v>
       </c>
       <c r="I74" s="16" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="75" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="65">
         <v>4400027548</v>
       </c>
       <c r="B75" s="6">
         <v>541040</v>
       </c>
       <c r="C75" s="66" t="s">
         <v>166</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E75" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F75" s="6" t="s">
         <v>168</v>
       </c>
       <c r="G75" s="9" t="s">
         <v>169</v>
       </c>
       <c r="H75" s="9">
         <v>7172721628</v>
       </c>
       <c r="I75" s="16" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="76" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A76" s="65">
         <v>4400027548</v>
       </c>
       <c r="B76" s="6">
         <v>541040</v>
       </c>
       <c r="C76" s="66" t="s">
         <v>166</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E76" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F76" s="6" t="s">
         <v>168</v>
       </c>
       <c r="G76" s="9" t="s">
         <v>169</v>
       </c>
       <c r="H76" s="9">
         <v>7172721628</v>
       </c>
       <c r="I76" s="16" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="77" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A77" s="65">
         <v>4400027548</v>
       </c>
       <c r="B77" s="6">
         <v>541040</v>
       </c>
       <c r="C77" s="66" t="s">
         <v>166</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E77" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F77" s="6" t="s">
         <v>168</v>
       </c>
       <c r="G77" s="9" t="s">
         <v>169</v>
       </c>
       <c r="H77" s="9">
         <v>7172721628</v>
       </c>
       <c r="I77" s="16" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="78" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A78" s="65">
         <v>4400027548</v>
       </c>
       <c r="B78" s="6">
         <v>541040</v>
       </c>
       <c r="C78" s="66" t="s">
         <v>166</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E78" s="7" t="s">
         <v>167</v>
       </c>
       <c r="F78" s="6" t="s">
         <v>168</v>
       </c>
       <c r="G78" s="9" t="s">
         <v>169</v>
       </c>
       <c r="H78" s="9">
         <v>7172721628</v>
       </c>
       <c r="I78" s="16" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="79" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A79" s="65">
         <v>4400027549</v>
       </c>
       <c r="B79" s="6">
         <v>101818</v>
       </c>
       <c r="C79" s="66" t="s">
         <v>171</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E79" s="7" t="s">
         <v>172</v>
       </c>
       <c r="F79" s="6" t="s">
         <v>173</v>
       </c>
       <c r="G79" s="15" t="s">
         <v>174</v>
       </c>
       <c r="H79" s="9" t="s">
         <v>175</v>
       </c>
       <c r="I79" s="16" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="80" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A80" s="65">
         <v>4400027549</v>
       </c>
       <c r="B80" s="6">
         <v>101818</v>
       </c>
       <c r="C80" s="66" t="s">
         <v>171</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E80" s="7" t="s">
         <v>172</v>
       </c>
       <c r="F80" s="6" t="s">
         <v>173</v>
       </c>
       <c r="G80" s="15" t="s">
         <v>174</v>
       </c>
       <c r="H80" s="9" t="s">
         <v>175</v>
       </c>
       <c r="I80" s="16" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="81" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="65">
         <v>4400027549</v>
       </c>
       <c r="B81" s="6">
         <v>101818</v>
       </c>
       <c r="C81" s="66" t="s">
         <v>171</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E81" s="7" t="s">
         <v>172</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>173</v>
       </c>
       <c r="G81" s="15" t="s">
         <v>174</v>
       </c>
       <c r="H81" s="9" t="s">
         <v>175</v>
       </c>
       <c r="I81" s="16" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="82" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A82" s="65">
         <v>4400027550</v>
       </c>
       <c r="B82" s="6">
         <v>426531</v>
       </c>
       <c r="C82" s="66" t="s">
         <v>177</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E82" s="7" t="s">
         <v>178</v>
       </c>
       <c r="F82" s="6" t="s">
         <v>179</v>
       </c>
       <c r="G82" s="15" t="s">
         <v>180</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I82" s="16" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="83" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A83" s="65">
         <v>4400027550</v>
       </c>
       <c r="B83" s="6">
         <v>426531</v>
       </c>
       <c r="C83" s="66" t="s">
         <v>177</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E83" s="7" t="s">
         <v>178</v>
       </c>
       <c r="F83" s="6" t="s">
         <v>179</v>
       </c>
       <c r="G83" s="15" t="s">
         <v>180</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I83" s="16" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="84" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A84" s="65">
         <v>4400027550</v>
       </c>
       <c r="B84" s="6">
         <v>426531</v>
       </c>
       <c r="C84" s="66" t="s">
         <v>177</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E84" s="7" t="s">
         <v>178</v>
       </c>
       <c r="F84" s="6" t="s">
         <v>179</v>
       </c>
       <c r="G84" s="15" t="s">
         <v>180</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I84" s="16" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="85" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A85" s="65">
         <v>4400027607</v>
       </c>
       <c r="B85" s="63">
         <v>512131</v>
       </c>
       <c r="C85" s="66" t="s">
         <v>183</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E85" s="20" t="s">
         <v>184</v>
       </c>
       <c r="F85" s="22" t="s">
         <v>185</v>
       </c>
       <c r="G85" s="21" t="s">
         <v>186</v>
       </c>
       <c r="H85" s="21" t="s">
         <v>187</v>
       </c>
       <c r="I85" s="16" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="86" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A86" s="65">
         <v>4400027607</v>
       </c>
       <c r="B86" s="63">
         <v>512131</v>
       </c>
       <c r="C86" s="66" t="s">
         <v>183</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E86" s="20" t="s">
         <v>184</v>
       </c>
       <c r="F86" s="22" t="s">
         <v>185</v>
       </c>
       <c r="G86" s="21" t="s">
         <v>186</v>
       </c>
       <c r="H86" s="21" t="s">
         <v>187</v>
       </c>
       <c r="I86" s="16" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="87" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A87" s="65">
         <v>4400027600</v>
       </c>
       <c r="B87" s="6">
         <v>128787</v>
       </c>
       <c r="C87" s="66" t="s">
         <v>189</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E87" s="7" t="s">
         <v>190</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>191</v>
       </c>
       <c r="G87" s="9" t="s">
         <v>192</v>
       </c>
       <c r="H87" s="9" t="s">
         <v>193</v>
       </c>
       <c r="I87" s="16" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="88" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A88" s="65">
         <v>4400027601</v>
       </c>
       <c r="B88" s="6">
         <v>536983</v>
       </c>
       <c r="C88" s="66" t="s">
         <v>195</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E88" s="23" t="s">
         <v>196</v>
       </c>
       <c r="F88" s="22" t="s">
         <v>197</v>
       </c>
       <c r="G88" s="21" t="s">
         <v>198</v>
       </c>
       <c r="H88" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I88" s="17" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="89" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A89" s="65">
         <v>4400027601</v>
       </c>
       <c r="B89" s="6">
         <v>536983</v>
       </c>
       <c r="C89" s="66" t="s">
         <v>195</v>
       </c>
       <c r="D89" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E89" s="23" t="s">
         <v>196</v>
       </c>
       <c r="F89" s="22" t="s">
         <v>197</v>
       </c>
       <c r="G89" s="21" t="s">
         <v>198</v>
       </c>
       <c r="H89" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I89" s="17" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="90" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A90" s="65">
         <v>4400027601</v>
       </c>
       <c r="B90" s="6">
         <v>536983</v>
       </c>
       <c r="C90" s="66" t="s">
         <v>195</v>
       </c>
       <c r="D90" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E90" s="23" t="s">
         <v>196</v>
       </c>
       <c r="F90" s="22" t="s">
         <v>197</v>
       </c>
       <c r="G90" s="21" t="s">
         <v>198</v>
       </c>
       <c r="H90" s="21" t="s">
         <v>87</v>
       </c>
       <c r="I90" s="17" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="91" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A91" s="67">
         <v>4400027672</v>
       </c>
       <c r="B91" s="63">
         <v>146032</v>
       </c>
       <c r="C91" s="64" t="s">
         <v>200</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E91" s="20" t="s">
         <v>201</v>
       </c>
       <c r="F91" s="19" t="s">
         <v>202</v>
       </c>
       <c r="G91" s="18" t="s">
         <v>203</v>
       </c>
       <c r="H91" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I91" s="17" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="92" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A92" s="67">
         <v>4400027672</v>
       </c>
       <c r="B92" s="63">
         <v>146032</v>
       </c>
       <c r="C92" s="64" t="s">
         <v>200</v>
       </c>
       <c r="D92" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E92" s="20" t="s">
         <v>201</v>
       </c>
       <c r="F92" s="19" t="s">
         <v>202</v>
       </c>
       <c r="G92" s="18" t="s">
         <v>203</v>
       </c>
       <c r="H92" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I92" s="17" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="93" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A93" s="67">
         <v>4400027672</v>
       </c>
       <c r="B93" s="63">
         <v>146032</v>
       </c>
       <c r="C93" s="64" t="s">
         <v>200</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E93" s="20" t="s">
         <v>201</v>
       </c>
       <c r="F93" s="19" t="s">
         <v>202</v>
       </c>
       <c r="G93" s="18" t="s">
         <v>203</v>
       </c>
       <c r="H93" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I93" s="17" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="94" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A94" s="67">
         <v>4400027673</v>
       </c>
       <c r="B94" s="6">
         <v>129240</v>
       </c>
       <c r="C94" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E94" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F94" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G94" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H94" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I94" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="95" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A95" s="67">
         <v>4400027673</v>
       </c>
       <c r="B95" s="6">
         <v>129240</v>
       </c>
       <c r="C95" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D95" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E95" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F95" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G95" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H95" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I95" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="96" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A96" s="67">
         <v>4400027673</v>
       </c>
       <c r="B96" s="6">
         <v>129240</v>
       </c>
       <c r="C96" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D96" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E96" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F96" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G96" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H96" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I96" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="97" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A97" s="67">
         <v>4400027673</v>
       </c>
       <c r="B97" s="6">
         <v>129240</v>
       </c>
       <c r="C97" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E97" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F97" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G97" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H97" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I97" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="98" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A98" s="67">
         <v>4400027673</v>
       </c>
       <c r="B98" s="6">
         <v>129240</v>
       </c>
       <c r="C98" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D98" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E98" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F98" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G98" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H98" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I98" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="99" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A99" s="67">
         <v>4400027673</v>
       </c>
       <c r="B99" s="6">
         <v>129240</v>
       </c>
       <c r="C99" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D99" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E99" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F99" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G99" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H99" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I99" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="100" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A100" s="67">
         <v>4400027673</v>
       </c>
       <c r="B100" s="6">
         <v>129240</v>
       </c>
       <c r="C100" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D100" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E100" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F100" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G100" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H100" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I100" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="101" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A101" s="67">
         <v>4400027673</v>
       </c>
       <c r="B101" s="6">
         <v>129240</v>
       </c>
       <c r="C101" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D101" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E101" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F101" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G101" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H101" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I101" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="102" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A102" s="67">
         <v>4400027673</v>
       </c>
       <c r="B102" s="6">
         <v>129240</v>
       </c>
       <c r="C102" s="64" t="s">
         <v>205</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E102" s="20" t="s">
         <v>206</v>
       </c>
       <c r="F102" s="19" t="s">
         <v>207</v>
       </c>
       <c r="G102" s="18" t="s">
         <v>208</v>
       </c>
       <c r="H102" s="18" t="s">
         <v>87</v>
       </c>
       <c r="I102" s="17" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="103" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A103" s="67">
         <v>4400027674</v>
       </c>
       <c r="B103" s="6">
         <v>118115</v>
       </c>
       <c r="C103" s="7" t="s">
         <v>210</v>
       </c>
       <c r="D103" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E103" s="20" t="s">
         <v>211</v>
       </c>
       <c r="F103" s="22" t="s">
         <v>256</v>
       </c>
       <c r="G103" s="18" t="s">
         <v>212</v>
       </c>
       <c r="H103" s="18" t="s">
         <v>213</v>
       </c>
       <c r="I103" s="17" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="104" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A104" s="67">
         <v>4400027674</v>
       </c>
       <c r="B104" s="6">
         <v>118115</v>
       </c>
       <c r="C104" s="7" t="s">
         <v>210</v>
       </c>
       <c r="D104" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E104" s="20" t="s">
         <v>211</v>
       </c>
       <c r="F104" s="22" t="s">
         <v>256</v>
       </c>
       <c r="G104" s="18" t="s">
         <v>212</v>
       </c>
       <c r="H104" s="18" t="s">
         <v>213</v>
       </c>
       <c r="I104" s="17" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="105" spans="1:9" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:9" ht="44.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A105" s="67">
         <v>4400027652</v>
       </c>
       <c r="B105" s="6">
         <v>175047</v>
       </c>
       <c r="C105" s="7" t="s">
         <v>215</v>
       </c>
       <c r="D105" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E105" s="7" t="s">
         <v>216</v>
       </c>
       <c r="F105" s="6" t="s">
         <v>217</v>
       </c>
       <c r="G105" s="9" t="s">
         <v>218</v>
       </c>
       <c r="H105" s="9" t="s">
         <v>219</v>
       </c>
       <c r="I105" s="16" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="106" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A106" s="6">
         <v>4400027839</v>
       </c>
       <c r="B106" s="6">
         <v>175652</v>
       </c>
       <c r="C106" s="7" t="s">
         <v>221</v>
       </c>
       <c r="D106" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E106" s="7" t="s">
         <v>222</v>
       </c>
       <c r="F106" s="6" t="s">
         <v>223</v>
       </c>
       <c r="G106" s="9" t="s">
         <v>224</v>
       </c>
       <c r="H106" s="9" t="s">
         <v>225</v>
       </c>
       <c r="I106" s="29" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="107" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A107" s="6">
         <v>4400027839</v>
       </c>
       <c r="B107" s="6">
         <v>175652</v>
       </c>
       <c r="C107" s="7" t="s">
         <v>221</v>
       </c>
       <c r="D107" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E107" s="7" t="s">
         <v>222</v>
       </c>
       <c r="F107" s="6" t="s">
         <v>223</v>
       </c>
       <c r="G107" s="9" t="s">
         <v>224</v>
       </c>
       <c r="H107" s="9" t="s">
         <v>225</v>
       </c>
       <c r="I107" s="29" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="108" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A108" s="6">
         <v>4400027839</v>
       </c>
       <c r="B108" s="6">
         <v>175652</v>
       </c>
       <c r="C108" s="7" t="s">
         <v>221</v>
       </c>
       <c r="D108" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E108" s="7" t="s">
         <v>222</v>
       </c>
       <c r="F108" s="6" t="s">
         <v>223</v>
       </c>
       <c r="G108" s="9" t="s">
         <v>224</v>
       </c>
       <c r="H108" s="9" t="s">
         <v>225</v>
       </c>
       <c r="I108" s="29" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="109" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A109" s="6">
         <v>4400027839</v>
       </c>
       <c r="B109" s="6">
         <v>175652</v>
       </c>
       <c r="C109" s="7" t="s">
         <v>221</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E109" s="7" t="s">
         <v>222</v>
       </c>
       <c r="F109" s="6" t="s">
         <v>223</v>
       </c>
       <c r="G109" s="9" t="s">
         <v>224</v>
       </c>
       <c r="H109" s="9" t="s">
         <v>225</v>
       </c>
       <c r="I109" s="29" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="110" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A110" s="6">
         <v>4400027848</v>
       </c>
       <c r="B110" s="6">
         <v>488510</v>
       </c>
       <c r="C110" s="7" t="s">
         <v>227</v>
       </c>
       <c r="D110" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E110" s="7" t="s">
         <v>228</v>
       </c>
       <c r="F110" s="6" t="s">
         <v>229</v>
       </c>
       <c r="G110" s="9" t="s">
         <v>230</v>
       </c>
       <c r="H110" s="9" t="s">
         <v>231</v>
       </c>
       <c r="I110" s="29" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="111" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A111" s="6">
         <v>4400027848</v>
       </c>
       <c r="B111" s="6">
         <v>488510</v>
       </c>
       <c r="C111" s="7" t="s">
         <v>227</v>
       </c>
       <c r="D111" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E111" s="7" t="s">
         <v>228</v>
       </c>
       <c r="F111" s="6" t="s">
         <v>229</v>
       </c>
       <c r="G111" s="9" t="s">
         <v>230</v>
       </c>
       <c r="H111" s="9" t="s">
         <v>231</v>
       </c>
       <c r="I111" s="29" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="112" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A112" s="6">
         <v>4400027849</v>
       </c>
       <c r="B112" s="6">
         <v>192188</v>
       </c>
       <c r="C112" s="7" t="s">
         <v>233</v>
       </c>
       <c r="D112" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E112" s="7" t="s">
         <v>234</v>
       </c>
       <c r="F112" s="6" t="s">
         <v>235</v>
       </c>
       <c r="G112" s="15" t="s">
         <v>236</v>
       </c>
       <c r="H112" s="9" t="s">
         <v>237</v>
       </c>
       <c r="I112" s="29" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="113" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A113" s="6">
         <v>4400027849</v>
       </c>
       <c r="B113" s="6">
         <v>192188</v>
       </c>
       <c r="C113" s="7" t="s">
         <v>233</v>
       </c>
       <c r="D113" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E113" s="7" t="s">
         <v>234</v>
       </c>
       <c r="F113" s="6" t="s">
         <v>235</v>
       </c>
       <c r="G113" s="15" t="s">
         <v>236</v>
       </c>
       <c r="H113" s="9" t="s">
         <v>237</v>
       </c>
       <c r="I113" s="29" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="114" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="6">
         <v>4400027855</v>
       </c>
       <c r="B114" s="6">
         <v>183771</v>
       </c>
       <c r="C114" s="7" t="s">
         <v>239</v>
       </c>
       <c r="D114" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E114" s="7" t="s">
         <v>240</v>
       </c>
       <c r="F114" s="6" t="s">
         <v>241</v>
       </c>
       <c r="G114" s="9" t="s">
         <v>242</v>
       </c>
       <c r="H114" s="9" t="s">
         <v>243</v>
       </c>
       <c r="I114" s="29" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="115" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A115" s="6">
         <v>4400027888</v>
       </c>
       <c r="B115" s="6">
         <v>146072</v>
       </c>
       <c r="C115" s="7" t="s">
         <v>245</v>
       </c>
       <c r="D115" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E115" s="7" t="s">
         <v>246</v>
       </c>
       <c r="F115" s="6" t="s">
         <v>247</v>
       </c>
       <c r="G115" s="9" t="s">
         <v>248</v>
       </c>
       <c r="H115" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I115" s="29" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="116" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A116" s="6">
         <v>4400027888</v>
       </c>
       <c r="B116" s="6">
         <v>146072</v>
       </c>
       <c r="C116" s="7" t="s">
         <v>245</v>
       </c>
       <c r="D116" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E116" s="7" t="s">
         <v>246</v>
       </c>
       <c r="F116" s="6" t="s">
         <v>247</v>
       </c>
       <c r="G116" s="9" t="s">
         <v>248</v>
       </c>
       <c r="H116" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I116" s="29" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="117" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A117" s="6">
         <v>4400027888</v>
       </c>
       <c r="B117" s="6">
         <v>146072</v>
       </c>
       <c r="C117" s="7" t="s">
         <v>245</v>
       </c>
       <c r="D117" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E117" s="7" t="s">
         <v>246</v>
       </c>
       <c r="F117" s="6" t="s">
         <v>247</v>
       </c>
       <c r="G117" s="9" t="s">
         <v>248</v>
       </c>
       <c r="H117" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I117" s="29" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="118" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A118" s="6">
         <v>4400027889</v>
       </c>
       <c r="B118" s="6">
         <v>121665</v>
       </c>
       <c r="C118" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D118" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E118" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F118" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G118" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H118" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I118" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="119" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A119" s="6">
         <v>4400027889</v>
       </c>
       <c r="B119" s="6">
         <v>121665</v>
       </c>
       <c r="C119" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D119" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E119" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F119" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G119" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H119" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I119" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="120" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A120" s="6">
         <v>4400027889</v>
       </c>
       <c r="B120" s="6">
         <v>121665</v>
       </c>
       <c r="C120" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D120" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E120" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F120" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G120" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H120" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I120" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="121" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A121" s="6">
         <v>4400027889</v>
       </c>
       <c r="B121" s="6">
         <v>121665</v>
       </c>
       <c r="C121" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D121" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E121" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F121" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G121" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H121" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I121" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="122" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A122" s="6">
         <v>4400027889</v>
       </c>
       <c r="B122" s="6">
         <v>121665</v>
       </c>
       <c r="C122" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D122" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E122" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F122" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G122" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H122" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I122" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="123" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A123" s="6">
         <v>4400027889</v>
       </c>
       <c r="B123" s="6">
         <v>121665</v>
       </c>
       <c r="C123" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D123" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E123" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F123" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G123" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H123" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I123" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="124" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A124" s="6">
         <v>4400027889</v>
       </c>
       <c r="B124" s="6">
         <v>121665</v>
       </c>
       <c r="C124" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D124" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E124" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F124" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G124" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H124" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I124" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="125" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A125" s="6">
         <v>4400027889</v>
       </c>
       <c r="B125" s="6">
         <v>121665</v>
       </c>
       <c r="C125" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D125" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E125" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F125" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G125" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H125" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I125" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="126" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A126" s="6">
         <v>4400027889</v>
       </c>
       <c r="B126" s="6">
         <v>121665</v>
       </c>
       <c r="C126" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D126" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E126" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F126" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G126" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H126" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I126" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="127" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A127" s="6">
         <v>4400027889</v>
       </c>
       <c r="B127" s="6">
         <v>121665</v>
       </c>
       <c r="C127" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D127" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E127" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F127" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G127" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H127" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I127" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="128" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A128" s="6">
         <v>4400027889</v>
       </c>
       <c r="B128" s="6">
         <v>121665</v>
       </c>
       <c r="C128" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D128" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E128" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F128" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G128" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H128" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I128" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="129" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A129" s="6">
         <v>4400027889</v>
       </c>
       <c r="B129" s="6">
         <v>121665</v>
       </c>
       <c r="C129" s="7" t="s">
         <v>250</v>
       </c>
       <c r="D129" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E129" s="7" t="s">
         <v>251</v>
       </c>
       <c r="F129" s="6" t="s">
         <v>252</v>
       </c>
       <c r="G129" s="9" t="s">
         <v>253</v>
       </c>
       <c r="H129" s="9" t="s">
         <v>254</v>
       </c>
       <c r="I129" s="29" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="130" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A130" s="6">
         <v>4400027925</v>
       </c>
       <c r="B130" s="6">
         <v>142503</v>
       </c>
       <c r="C130" s="7" t="s">
         <v>257</v>
       </c>
       <c r="D130" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E130" s="7" t="s">
         <v>258</v>
       </c>
       <c r="F130" s="6" t="s">
         <v>259</v>
       </c>
       <c r="G130" s="9" t="s">
         <v>260</v>
       </c>
       <c r="H130" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I130" s="29" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="131" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A131" s="6">
         <v>4400027925</v>
       </c>
       <c r="B131" s="6">
         <v>142503</v>
       </c>
       <c r="C131" s="7" t="s">
         <v>257</v>
       </c>
       <c r="D131" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E131" s="7" t="s">
         <v>258</v>
       </c>
       <c r="F131" s="6" t="s">
         <v>259</v>
       </c>
       <c r="G131" s="9" t="s">
         <v>260</v>
       </c>
       <c r="H131" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I131" s="29" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="132" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A132" s="6">
         <v>4400027910</v>
       </c>
       <c r="B132" s="6">
         <v>171543</v>
       </c>
       <c r="C132" s="7" t="s">
         <v>262</v>
       </c>
       <c r="D132" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E132" s="7" t="s">
         <v>263</v>
       </c>
       <c r="F132" s="6" t="s">
         <v>264</v>
       </c>
       <c r="G132" s="9" t="s">
         <v>265</v>
       </c>
       <c r="H132" s="9" t="s">
         <v>266</v>
       </c>
       <c r="I132" s="29" t="s">
         <v>267</v>
       </c>
     </row>
-    <row r="133" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A133" s="6">
         <v>4400028033</v>
       </c>
       <c r="B133" s="6">
         <v>127928</v>
       </c>
       <c r="C133" s="7" t="s">
         <v>268</v>
       </c>
       <c r="D133" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E133" s="7" t="s">
         <v>269</v>
       </c>
       <c r="F133" s="6" t="s">
         <v>270</v>
       </c>
       <c r="G133" s="9" t="s">
         <v>271</v>
       </c>
       <c r="H133" s="9" t="s">
         <v>272</v>
       </c>
       <c r="I133" s="29" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="134" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A134" s="6">
         <v>4400028019</v>
       </c>
       <c r="B134" s="6">
         <v>201431</v>
       </c>
       <c r="C134" s="7" t="s">
         <v>278</v>
       </c>
       <c r="D134" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E134" s="30" t="s">
         <v>274</v>
       </c>
       <c r="F134" s="31" t="s">
         <v>275</v>
       </c>
       <c r="G134" s="32" t="s">
         <v>276</v>
       </c>
       <c r="H134" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I134" s="17" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="135" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A135" s="6">
         <v>4400028040</v>
       </c>
       <c r="B135" s="6">
         <v>119833</v>
       </c>
       <c r="C135" s="7" t="s">
         <v>279</v>
       </c>
       <c r="D135" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E135" s="30" t="s">
         <v>280</v>
       </c>
       <c r="F135" s="31" t="s">
         <v>281</v>
       </c>
       <c r="G135" s="32" t="s">
         <v>282</v>
       </c>
       <c r="H135" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I135" s="17" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="136" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A136" s="6">
         <v>4400028041</v>
       </c>
       <c r="B136" s="6">
         <v>116857</v>
       </c>
       <c r="C136" s="7" t="s">
         <v>288</v>
       </c>
       <c r="D136" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E136" s="30" t="s">
         <v>284</v>
       </c>
       <c r="F136" s="31" t="s">
         <v>285</v>
       </c>
       <c r="G136" s="32" t="s">
         <v>286</v>
       </c>
       <c r="H136" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I136" s="17" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="137" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A137" s="6">
         <v>4400028041</v>
       </c>
       <c r="B137" s="6">
         <v>116857</v>
       </c>
       <c r="C137" s="7" t="s">
         <v>288</v>
       </c>
       <c r="D137" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E137" s="30" t="s">
         <v>284</v>
       </c>
       <c r="F137" s="31" t="s">
         <v>285</v>
       </c>
       <c r="G137" s="32" t="s">
         <v>286</v>
       </c>
       <c r="H137" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I137" s="17" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="138" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A138" s="6">
         <v>4400028052</v>
       </c>
       <c r="B138" s="6">
         <v>548968</v>
       </c>
       <c r="C138" s="7" t="s">
         <v>293</v>
       </c>
       <c r="D138" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E138" s="30" t="s">
         <v>289</v>
       </c>
       <c r="F138" s="31" t="s">
         <v>290</v>
       </c>
       <c r="G138" s="32" t="s">
         <v>291</v>
       </c>
       <c r="H138" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I138" s="17" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="139" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A139" s="6">
         <v>4400028052</v>
       </c>
       <c r="B139" s="6">
         <v>548968</v>
       </c>
       <c r="C139" s="7" t="s">
         <v>293</v>
       </c>
       <c r="D139" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E139" s="30" t="s">
         <v>289</v>
       </c>
       <c r="F139" s="31" t="s">
         <v>290</v>
       </c>
       <c r="G139" s="32" t="s">
         <v>291</v>
       </c>
       <c r="H139" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I139" s="17" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="140" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A140" s="6">
         <v>4400028017</v>
       </c>
       <c r="B140" s="6">
         <v>152064</v>
       </c>
       <c r="C140" s="7" t="s">
         <v>299</v>
       </c>
       <c r="D140" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E140" s="30" t="s">
         <v>294</v>
       </c>
       <c r="F140" s="31" t="s">
         <v>295</v>
       </c>
       <c r="G140" s="32" t="s">
         <v>296</v>
       </c>
       <c r="H140" s="32" t="s">
         <v>297</v>
       </c>
       <c r="I140" s="17" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="141" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A141" s="6">
         <v>4400028017</v>
       </c>
       <c r="B141" s="6">
         <v>152064</v>
       </c>
       <c r="C141" s="7" t="s">
         <v>299</v>
       </c>
       <c r="D141" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E141" s="30" t="s">
         <v>294</v>
       </c>
       <c r="F141" s="31" t="s">
         <v>295</v>
       </c>
       <c r="G141" s="32" t="s">
         <v>296</v>
       </c>
       <c r="H141" s="32" t="s">
         <v>297</v>
       </c>
       <c r="I141" s="17" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="142" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A142" s="6">
         <v>4400028017</v>
       </c>
       <c r="B142" s="6">
         <v>152064</v>
       </c>
       <c r="C142" s="7" t="s">
         <v>299</v>
       </c>
       <c r="D142" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E142" s="30" t="s">
         <v>294</v>
       </c>
       <c r="F142" s="31" t="s">
         <v>295</v>
       </c>
       <c r="G142" s="32" t="s">
         <v>296</v>
       </c>
       <c r="H142" s="32" t="s">
         <v>297</v>
       </c>
       <c r="I142" s="17" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="143" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A143" s="6">
         <v>4400028017</v>
       </c>
       <c r="B143" s="6">
         <v>152064</v>
       </c>
       <c r="C143" s="7" t="s">
         <v>299</v>
       </c>
       <c r="D143" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E143" s="30" t="s">
         <v>294</v>
       </c>
       <c r="F143" s="31" t="s">
         <v>295</v>
       </c>
       <c r="G143" s="32" t="s">
         <v>296</v>
       </c>
       <c r="H143" s="32" t="s">
         <v>297</v>
       </c>
       <c r="I143" s="17" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="144" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A144" s="6">
         <v>4400028017</v>
       </c>
       <c r="B144" s="6">
         <v>152064</v>
       </c>
       <c r="C144" s="7" t="s">
         <v>299</v>
       </c>
       <c r="D144" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E144" s="30" t="s">
         <v>294</v>
       </c>
       <c r="F144" s="31" t="s">
         <v>295</v>
       </c>
       <c r="G144" s="32" t="s">
         <v>296</v>
       </c>
       <c r="H144" s="32" t="s">
         <v>297</v>
       </c>
       <c r="I144" s="17" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="145" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A145" s="6">
         <v>4400028017</v>
       </c>
       <c r="B145" s="6">
         <v>152064</v>
       </c>
       <c r="C145" s="7" t="s">
         <v>299</v>
       </c>
       <c r="D145" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E145" s="30" t="s">
         <v>294</v>
       </c>
       <c r="F145" s="31" t="s">
         <v>295</v>
       </c>
       <c r="G145" s="32" t="s">
         <v>296</v>
       </c>
       <c r="H145" s="32" t="s">
         <v>297</v>
       </c>
       <c r="I145" s="17" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="146" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A146" s="6">
         <v>4400028017</v>
       </c>
       <c r="B146" s="6">
         <v>152064</v>
       </c>
       <c r="C146" s="7" t="s">
         <v>299</v>
       </c>
       <c r="D146" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E146" s="30" t="s">
         <v>294</v>
       </c>
       <c r="F146" s="31" t="s">
         <v>295</v>
       </c>
       <c r="G146" s="32" t="s">
         <v>296</v>
       </c>
       <c r="H146" s="32" t="s">
         <v>297</v>
       </c>
       <c r="I146" s="17" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="147" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A147" s="6">
         <v>4400028017</v>
       </c>
       <c r="B147" s="6">
         <v>152064</v>
       </c>
       <c r="C147" s="7" t="s">
         <v>299</v>
       </c>
       <c r="D147" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E147" s="30" t="s">
         <v>294</v>
       </c>
       <c r="F147" s="31" t="s">
         <v>295</v>
       </c>
       <c r="G147" s="32" t="s">
         <v>296</v>
       </c>
       <c r="H147" s="32" t="s">
         <v>297</v>
       </c>
       <c r="I147" s="17" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="148" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A148" s="33">
         <v>4400028031</v>
       </c>
       <c r="B148" s="58">
         <v>208977</v>
       </c>
       <c r="C148" s="7" t="s">
         <v>305</v>
       </c>
       <c r="D148" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E148" s="30" t="s">
         <v>300</v>
       </c>
       <c r="F148" s="31" t="s">
         <v>301</v>
       </c>
       <c r="G148" s="32" t="s">
         <v>302</v>
       </c>
       <c r="H148" s="32" t="s">
         <v>303</v>
       </c>
       <c r="I148" s="17" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="149" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A149" s="33">
         <v>4400028031</v>
       </c>
       <c r="B149" s="58">
         <v>208977</v>
       </c>
       <c r="C149" s="7" t="s">
         <v>305</v>
       </c>
       <c r="D149" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E149" s="30" t="s">
         <v>300</v>
       </c>
       <c r="F149" s="31" t="s">
         <v>301</v>
       </c>
       <c r="G149" s="32" t="s">
         <v>302</v>
       </c>
       <c r="H149" s="32" t="s">
         <v>303</v>
       </c>
       <c r="I149" s="17" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="150" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A150" s="6">
         <v>4400028134</v>
       </c>
       <c r="B150" s="6">
         <v>152821</v>
       </c>
       <c r="C150" s="7" t="s">
         <v>310</v>
       </c>
       <c r="D150" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E150" s="30" t="s">
         <v>306</v>
       </c>
       <c r="F150" s="31" t="s">
         <v>307</v>
       </c>
       <c r="G150" s="32" t="s">
         <v>308</v>
       </c>
       <c r="H150" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I150" s="17" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="151" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A151" s="6">
         <v>4400028155</v>
       </c>
       <c r="B151" s="6">
         <v>154681</v>
       </c>
       <c r="C151" s="59" t="s">
         <v>311</v>
       </c>
       <c r="D151" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E151" s="30" t="s">
         <v>312</v>
       </c>
       <c r="F151" s="31" t="s">
         <v>313</v>
       </c>
       <c r="G151" s="32" t="s">
         <v>314</v>
       </c>
       <c r="H151" s="32" t="s">
         <v>315</v>
       </c>
       <c r="I151" s="17" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="152" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A152" s="6">
         <v>4400028155</v>
       </c>
       <c r="B152" s="6">
         <v>154681</v>
       </c>
       <c r="C152" s="59" t="s">
         <v>311</v>
       </c>
       <c r="D152" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E152" s="30" t="s">
         <v>312</v>
       </c>
       <c r="F152" s="31" t="s">
         <v>313</v>
       </c>
       <c r="G152" s="32" t="s">
         <v>314</v>
       </c>
       <c r="H152" s="32" t="s">
         <v>315</v>
       </c>
       <c r="I152" s="17" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="153" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A153" s="33">
         <v>4400028053</v>
       </c>
       <c r="B153" s="6">
         <v>552298</v>
       </c>
       <c r="C153" s="59" t="s">
         <v>317</v>
       </c>
       <c r="D153" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E153" s="30" t="s">
         <v>318</v>
       </c>
       <c r="F153" s="31" t="s">
         <v>319</v>
       </c>
       <c r="G153" s="32" t="s">
         <v>320</v>
       </c>
       <c r="H153" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I153" s="17" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="154" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A154" s="6">
         <v>4400028157</v>
       </c>
       <c r="B154" s="6">
         <v>165955</v>
       </c>
       <c r="C154" s="7" t="s">
         <v>326</v>
       </c>
       <c r="D154" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E154" s="34" t="s">
         <v>322</v>
       </c>
       <c r="F154" s="35" t="s">
         <v>323</v>
       </c>
       <c r="G154" s="36" t="s">
         <v>324</v>
       </c>
       <c r="H154" s="36" t="s">
         <v>87</v>
       </c>
       <c r="I154" s="17" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="155" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A155" s="6">
         <v>4400028159</v>
       </c>
       <c r="B155" s="6">
         <v>551437</v>
       </c>
       <c r="C155" s="59" t="s">
         <v>331</v>
       </c>
       <c r="D155" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E155" s="34" t="s">
         <v>327</v>
       </c>
       <c r="F155" s="35" t="s">
         <v>328</v>
       </c>
       <c r="G155" s="36" t="s">
         <v>329</v>
       </c>
       <c r="H155" s="36" t="s">
         <v>87</v>
       </c>
       <c r="I155" s="17" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="156" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A156" s="6">
         <v>4400028141</v>
       </c>
       <c r="B156" s="6">
         <v>464728</v>
       </c>
       <c r="C156" s="7" t="s">
         <v>336</v>
       </c>
       <c r="D156" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E156" s="34" t="s">
         <v>332</v>
       </c>
       <c r="F156" s="35" t="s">
         <v>333</v>
       </c>
       <c r="G156" s="36" t="s">
         <v>334</v>
       </c>
       <c r="H156" s="36" t="s">
         <v>87</v>
       </c>
       <c r="I156" s="17" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="157" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A157" s="6">
         <v>4400028022</v>
       </c>
       <c r="B157" s="6">
         <v>552372</v>
       </c>
       <c r="C157" s="7" t="s">
         <v>341</v>
       </c>
       <c r="D157" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E157" s="34" t="s">
         <v>337</v>
       </c>
       <c r="F157" s="35" t="s">
         <v>338</v>
       </c>
       <c r="G157" s="36" t="s">
         <v>339</v>
       </c>
       <c r="H157" s="36" t="s">
         <v>87</v>
       </c>
       <c r="I157" s="17" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="158" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A158" s="6">
         <v>4400028162</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>342</v>
       </c>
       <c r="C158" s="7" t="s">
         <v>343</v>
       </c>
       <c r="D158" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E158" s="30" t="s">
         <v>344</v>
       </c>
       <c r="F158" s="31" t="s">
         <v>345</v>
       </c>
       <c r="G158" s="32" t="s">
         <v>346</v>
       </c>
       <c r="H158" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I158" s="17" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="159" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A159" s="6">
         <v>4400028162</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>342</v>
       </c>
       <c r="C159" s="7" t="s">
         <v>343</v>
       </c>
       <c r="D159" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E159" s="30" t="s">
         <v>344</v>
       </c>
       <c r="F159" s="31" t="s">
         <v>345</v>
       </c>
       <c r="G159" s="32" t="s">
         <v>346</v>
       </c>
       <c r="H159" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I159" s="17" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="160" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A160" s="6">
         <v>4400028162</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>342</v>
       </c>
       <c r="C160" s="7" t="s">
         <v>343</v>
       </c>
       <c r="D160" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E160" s="30" t="s">
         <v>344</v>
       </c>
       <c r="F160" s="31" t="s">
         <v>345</v>
       </c>
       <c r="G160" s="32" t="s">
         <v>346</v>
       </c>
       <c r="H160" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I160" s="17" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="161" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A161" s="6">
         <v>4400028173</v>
       </c>
       <c r="B161" s="6">
         <v>555349</v>
       </c>
       <c r="C161" s="7" t="s">
         <v>348</v>
       </c>
       <c r="D161" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E161" s="30" t="s">
         <v>349</v>
       </c>
       <c r="F161" s="31" t="s">
         <v>350</v>
       </c>
       <c r="G161" s="32" t="s">
         <v>351</v>
       </c>
       <c r="H161" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I161" s="17" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="162" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A162" s="6">
         <v>4400028173</v>
       </c>
       <c r="B162" s="6">
         <v>555349</v>
       </c>
       <c r="C162" s="7" t="s">
         <v>348</v>
       </c>
       <c r="D162" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E162" s="30" t="s">
         <v>349</v>
       </c>
       <c r="F162" s="31" t="s">
         <v>350</v>
       </c>
       <c r="G162" s="32" t="s">
         <v>351</v>
       </c>
       <c r="H162" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I162" s="17" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="163" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A163" s="6">
         <v>4400028181</v>
       </c>
       <c r="B163" s="6">
         <v>128131</v>
       </c>
       <c r="C163" s="7" t="s">
         <v>357</v>
       </c>
       <c r="D163" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E163" s="30" t="s">
         <v>353</v>
       </c>
       <c r="F163" s="31" t="s">
         <v>354</v>
       </c>
       <c r="G163" s="32" t="s">
         <v>355</v>
       </c>
       <c r="H163" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I163" s="17" t="s">
         <v>356</v>
       </c>
     </row>
-    <row r="164" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A164" s="6">
         <v>4400028182</v>
       </c>
       <c r="B164" s="6">
         <v>147340</v>
       </c>
       <c r="C164" s="7" t="s">
         <v>358</v>
       </c>
       <c r="D164" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E164" s="30" t="s">
         <v>359</v>
       </c>
       <c r="F164" s="31" t="s">
         <v>637</v>
       </c>
       <c r="G164" s="32" t="s">
         <v>638</v>
       </c>
       <c r="H164" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I164" s="28" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="165" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A165" s="6">
         <v>4400028182</v>
       </c>
       <c r="B165" s="6">
         <v>147340</v>
       </c>
       <c r="C165" s="7" t="s">
         <v>358</v>
       </c>
       <c r="D165" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E165" s="30" t="s">
         <v>359</v>
       </c>
       <c r="F165" s="31" t="s">
         <v>637</v>
       </c>
       <c r="G165" s="32" t="s">
         <v>638</v>
       </c>
       <c r="H165" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I165" s="28" t="s">
         <v>639</v>
       </c>
       <c r="N165" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="166" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A166" s="33">
         <v>4400028505</v>
       </c>
       <c r="B166" s="6">
         <v>388427</v>
       </c>
       <c r="C166" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D166" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E166" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F166" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G166" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H166" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I166" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="167" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A167" s="33">
         <v>4400028505</v>
       </c>
       <c r="B167" s="6">
         <v>388427</v>
       </c>
       <c r="C167" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D167" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E167" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F167" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G167" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H167" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I167" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="168" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A168" s="33">
         <v>4400028505</v>
       </c>
       <c r="B168" s="6">
         <v>388427</v>
       </c>
       <c r="C168" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D168" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E168" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F168" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G168" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H168" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I168" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="169" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A169" s="33">
         <v>4400028505</v>
       </c>
       <c r="B169" s="6">
         <v>388427</v>
       </c>
       <c r="C169" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D169" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E169" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F169" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G169" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H169" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I169" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="170" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A170" s="33">
         <v>4400028505</v>
       </c>
       <c r="B170" s="6">
         <v>388427</v>
       </c>
       <c r="C170" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D170" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E170" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F170" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G170" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H170" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I170" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="171" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A171" s="33">
         <v>4400028505</v>
       </c>
       <c r="B171" s="6">
         <v>388427</v>
       </c>
       <c r="C171" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D171" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E171" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F171" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G171" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H171" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I171" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="172" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A172" s="33">
         <v>4400028505</v>
       </c>
       <c r="B172" s="6">
         <v>388427</v>
       </c>
       <c r="C172" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D172" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E172" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F172" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G172" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H172" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I172" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="173" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A173" s="33">
         <v>4400028505</v>
       </c>
       <c r="B173" s="6">
         <v>388427</v>
       </c>
       <c r="C173" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D173" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E173" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F173" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G173" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H173" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I173" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="174" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A174" s="33">
         <v>4400028505</v>
       </c>
       <c r="B174" s="6">
         <v>388427</v>
       </c>
       <c r="C174" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D174" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E174" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F174" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G174" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H174" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I174" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="175" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A175" s="33">
         <v>4400028505</v>
       </c>
       <c r="B175" s="6">
         <v>388427</v>
       </c>
       <c r="C175" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D175" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E175" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F175" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G175" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H175" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I175" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="176" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A176" s="33">
         <v>4400028505</v>
       </c>
       <c r="B176" s="6">
         <v>388427</v>
       </c>
       <c r="C176" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D176" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E176" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F176" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G176" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H176" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I176" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="177" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A177" s="33">
         <v>4400028505</v>
       </c>
       <c r="B177" s="6">
         <v>388427</v>
       </c>
       <c r="C177" s="7" t="s">
         <v>360</v>
       </c>
       <c r="D177" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E177" s="30" t="s">
         <v>361</v>
       </c>
       <c r="F177" s="31" t="s">
         <v>362</v>
       </c>
       <c r="G177" s="32" t="s">
         <v>363</v>
       </c>
       <c r="H177" s="32" t="s">
         <v>364</v>
       </c>
       <c r="I177" s="17" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="178" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A178" s="6">
         <v>4400028506</v>
       </c>
       <c r="B178" s="6">
         <v>146860</v>
       </c>
       <c r="C178" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D178" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E178" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F178" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G178" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H178" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I178" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="179" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A179" s="6">
         <v>4400028506</v>
       </c>
       <c r="B179" s="6">
         <v>146860</v>
       </c>
       <c r="C179" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D179" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E179" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F179" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G179" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H179" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I179" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="180" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A180" s="6">
         <v>4400028506</v>
       </c>
       <c r="B180" s="6">
         <v>146860</v>
       </c>
       <c r="C180" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D180" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E180" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F180" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G180" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H180" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I180" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="181" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A181" s="6">
         <v>4400028506</v>
       </c>
       <c r="B181" s="6">
         <v>146860</v>
       </c>
       <c r="C181" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D181" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E181" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F181" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G181" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H181" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I181" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="182" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A182" s="6">
         <v>4400028506</v>
       </c>
       <c r="B182" s="6">
         <v>146860</v>
       </c>
       <c r="C182" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D182" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E182" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F182" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G182" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H182" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I182" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="183" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A183" s="6">
         <v>4400028506</v>
       </c>
       <c r="B183" s="6">
         <v>146860</v>
       </c>
       <c r="C183" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D183" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E183" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F183" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G183" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H183" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I183" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="184" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A184" s="6">
         <v>4400028506</v>
       </c>
       <c r="B184" s="6">
         <v>146860</v>
       </c>
       <c r="C184" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D184" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E184" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F184" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G184" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H184" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I184" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="185" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A185" s="6">
         <v>4400028506</v>
       </c>
       <c r="B185" s="6">
         <v>146860</v>
       </c>
       <c r="C185" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D185" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E185" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F185" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G185" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H185" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I185" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="186" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A186" s="6">
         <v>4400028506</v>
       </c>
       <c r="B186" s="6">
         <v>146860</v>
       </c>
       <c r="C186" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D186" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E186" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F186" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G186" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H186" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I186" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="187" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A187" s="6">
         <v>4400028506</v>
       </c>
       <c r="B187" s="6">
         <v>146860</v>
       </c>
       <c r="C187" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D187" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E187" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F187" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G187" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H187" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I187" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="188" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A188" s="6">
         <v>4400028506</v>
       </c>
       <c r="B188" s="6">
         <v>146860</v>
       </c>
       <c r="C188" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D188" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E188" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F188" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G188" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H188" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I188" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="189" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A189" s="6">
         <v>4400028506</v>
       </c>
       <c r="B189" s="6">
         <v>146860</v>
       </c>
       <c r="C189" s="7" t="s">
         <v>366</v>
       </c>
       <c r="D189" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E189" s="30" t="s">
         <v>367</v>
       </c>
       <c r="F189" s="31" t="s">
         <v>368</v>
       </c>
       <c r="G189" s="32" t="s">
         <v>369</v>
       </c>
       <c r="H189" s="32" t="s">
         <v>370</v>
       </c>
       <c r="I189" s="17" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="190" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A190" s="33">
         <v>4400028617</v>
       </c>
       <c r="B190" s="58">
         <v>131689</v>
       </c>
       <c r="C190" s="7" t="s">
         <v>372</v>
       </c>
       <c r="D190" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E190" s="34" t="s">
         <v>377</v>
       </c>
       <c r="F190" s="35" t="s">
         <v>217</v>
       </c>
       <c r="G190" s="36" t="s">
         <v>378</v>
       </c>
       <c r="H190" s="36" t="s">
         <v>112</v>
       </c>
       <c r="I190" s="28" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="191" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A191" s="33">
         <v>4400028617</v>
       </c>
       <c r="B191" s="58">
         <v>131689</v>
       </c>
       <c r="C191" s="7" t="s">
         <v>372</v>
       </c>
       <c r="D191" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E191" s="34" t="s">
         <v>377</v>
       </c>
       <c r="F191" s="35" t="s">
         <v>217</v>
       </c>
       <c r="G191" s="36" t="s">
         <v>378</v>
       </c>
       <c r="H191" s="36" t="s">
         <v>112</v>
       </c>
       <c r="I191" s="28" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="192" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A192" s="33">
         <v>4400028617</v>
       </c>
       <c r="B192" s="58">
         <v>131689</v>
       </c>
       <c r="C192" s="7" t="s">
         <v>372</v>
       </c>
       <c r="D192" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E192" s="34" t="s">
         <v>377</v>
       </c>
       <c r="F192" s="35" t="s">
         <v>217</v>
       </c>
       <c r="G192" s="36" t="s">
         <v>378</v>
       </c>
       <c r="H192" s="36" t="s">
         <v>112</v>
       </c>
       <c r="I192" s="28" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="193" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A193" s="33">
         <v>4400028617</v>
       </c>
       <c r="B193" s="58">
         <v>131689</v>
       </c>
       <c r="C193" s="7" t="s">
         <v>372</v>
       </c>
       <c r="D193" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E193" s="34" t="s">
         <v>377</v>
       </c>
       <c r="F193" s="35" t="s">
         <v>217</v>
       </c>
       <c r="G193" s="36" t="s">
         <v>378</v>
       </c>
       <c r="H193" s="36" t="s">
         <v>112</v>
       </c>
       <c r="I193" s="28" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="194" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A194" s="33">
         <v>4400028552</v>
       </c>
       <c r="B194" s="58">
         <v>556051</v>
       </c>
       <c r="C194" s="7" t="s">
         <v>373</v>
       </c>
       <c r="D194" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E194" s="30" t="s">
         <v>379</v>
       </c>
       <c r="F194" s="31" t="s">
         <v>380</v>
       </c>
       <c r="G194" s="32" t="s">
         <v>381</v>
       </c>
       <c r="H194" s="32" t="s">
         <v>112</v>
       </c>
       <c r="I194" s="17" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="195" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A195" s="33">
         <v>4400028552</v>
       </c>
       <c r="B195" s="58">
         <v>556051</v>
       </c>
       <c r="C195" s="7" t="s">
         <v>373</v>
       </c>
       <c r="D195" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E195" s="30" t="s">
         <v>379</v>
       </c>
       <c r="F195" s="31" t="s">
         <v>380</v>
       </c>
       <c r="G195" s="32" t="s">
         <v>381</v>
       </c>
       <c r="H195" s="32" t="s">
         <v>112</v>
       </c>
       <c r="I195" s="17" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="196" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A196" s="33">
         <v>4400028552</v>
       </c>
       <c r="B196" s="58">
         <v>556051</v>
       </c>
       <c r="C196" s="7" t="s">
         <v>373</v>
       </c>
       <c r="D196" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E196" s="30" t="s">
         <v>379</v>
       </c>
       <c r="F196" s="31" t="s">
         <v>380</v>
       </c>
       <c r="G196" s="32" t="s">
         <v>381</v>
       </c>
       <c r="H196" s="32" t="s">
         <v>112</v>
       </c>
       <c r="I196" s="17" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="197" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A197" s="33">
         <v>4400028554</v>
       </c>
       <c r="B197" s="58">
         <v>555229</v>
       </c>
       <c r="C197" s="7" t="s">
         <v>374</v>
       </c>
       <c r="D197" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E197" s="30" t="s">
         <v>383</v>
       </c>
       <c r="F197" s="31" t="s">
         <v>384</v>
       </c>
       <c r="G197" s="32" t="s">
         <v>385</v>
       </c>
       <c r="H197" s="32" t="s">
         <v>112</v>
       </c>
       <c r="I197" s="17" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="198" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A198" s="33">
         <v>4400028575</v>
       </c>
       <c r="B198" s="58">
         <v>548723</v>
       </c>
       <c r="C198" s="7" t="s">
         <v>375</v>
       </c>
       <c r="D198" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E198" s="30" t="s">
         <v>387</v>
       </c>
       <c r="F198" s="31" t="s">
         <v>197</v>
       </c>
       <c r="G198" s="32" t="s">
         <v>198</v>
       </c>
       <c r="H198" s="32" t="s">
         <v>112</v>
       </c>
       <c r="I198" s="17" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="199" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A199" s="33">
         <v>4400028575</v>
       </c>
       <c r="B199" s="58">
         <v>548723</v>
       </c>
       <c r="C199" s="7" t="s">
         <v>375</v>
       </c>
       <c r="D199" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E199" s="30" t="s">
         <v>387</v>
       </c>
       <c r="F199" s="31" t="s">
         <v>197</v>
       </c>
       <c r="G199" s="32" t="s">
         <v>198</v>
       </c>
       <c r="H199" s="32" t="s">
         <v>112</v>
       </c>
       <c r="I199" s="17" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="200" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A200" s="33">
         <v>4400028575</v>
       </c>
       <c r="B200" s="58">
         <v>548723</v>
       </c>
       <c r="C200" s="7" t="s">
         <v>375</v>
       </c>
       <c r="D200" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E200" s="30" t="s">
         <v>387</v>
       </c>
       <c r="F200" s="31" t="s">
         <v>197</v>
       </c>
       <c r="G200" s="32" t="s">
         <v>198</v>
       </c>
       <c r="H200" s="32" t="s">
         <v>112</v>
       </c>
       <c r="I200" s="17" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="201" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A201" s="33">
         <v>4400028586</v>
       </c>
       <c r="B201" s="58">
         <v>119039</v>
       </c>
       <c r="C201" s="7" t="s">
         <v>376</v>
       </c>
       <c r="D201" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E201" s="30" t="s">
         <v>389</v>
       </c>
       <c r="F201" s="31" t="s">
         <v>390</v>
       </c>
       <c r="G201" s="32" t="s">
         <v>391</v>
       </c>
       <c r="H201" s="32" t="s">
         <v>112</v>
       </c>
       <c r="I201" s="17" t="s">
         <v>392</v>
       </c>
     </row>
-    <row r="202" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A202" s="6">
         <v>4400028732</v>
       </c>
       <c r="B202" s="6">
         <v>162505</v>
       </c>
       <c r="C202" s="7" t="s">
         <v>394</v>
       </c>
       <c r="D202" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E202" s="7" t="s">
         <v>399</v>
       </c>
       <c r="F202" s="6" t="s">
         <v>400</v>
       </c>
       <c r="G202" s="9" t="s">
         <v>401</v>
       </c>
       <c r="H202" s="9" t="s">
         <v>112</v>
       </c>
       <c r="I202" s="29" t="s">
         <v>402</v>
       </c>
     </row>
-    <row r="203" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A203" s="6">
         <v>4400028733</v>
       </c>
       <c r="B203" s="6">
         <v>125147</v>
       </c>
       <c r="C203" s="7" t="s">
         <v>395</v>
       </c>
       <c r="D203" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E203" s="7" t="s">
         <v>403</v>
       </c>
       <c r="F203" s="6" t="s">
         <v>418</v>
       </c>
       <c r="G203" s="9" t="s">
         <v>405</v>
       </c>
       <c r="H203" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I203" s="29" t="s">
         <v>404</v>
       </c>
     </row>
-    <row r="204" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A204" s="6">
         <v>4400028734</v>
       </c>
       <c r="B204" s="6">
         <v>350438</v>
       </c>
       <c r="C204" s="7" t="s">
         <v>396</v>
       </c>
       <c r="D204" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E204" s="7" t="s">
         <v>406</v>
       </c>
       <c r="F204" s="6" t="s">
         <v>407</v>
       </c>
       <c r="G204" s="9" t="s">
         <v>408</v>
       </c>
       <c r="H204" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I204" s="29" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="205" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A205" s="6">
         <v>4400028734</v>
       </c>
       <c r="B205" s="6">
         <v>350438</v>
       </c>
       <c r="C205" s="7" t="s">
         <v>396</v>
       </c>
       <c r="D205" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E205" s="7" t="s">
         <v>406</v>
       </c>
       <c r="F205" s="6" t="s">
         <v>407</v>
       </c>
       <c r="G205" s="9" t="s">
         <v>408</v>
       </c>
       <c r="H205" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I205" s="29" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="206" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A206" s="6">
         <v>4400028734</v>
       </c>
       <c r="B206" s="6">
         <v>350438</v>
       </c>
       <c r="C206" s="7" t="s">
         <v>396</v>
       </c>
       <c r="D206" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E206" s="7" t="s">
         <v>406</v>
       </c>
       <c r="F206" s="6" t="s">
         <v>407</v>
       </c>
       <c r="G206" s="9" t="s">
         <v>408</v>
       </c>
       <c r="H206" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I206" s="29" t="s">
         <v>409</v>
       </c>
     </row>
-    <row r="207" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A207" s="6">
         <v>4400028765</v>
       </c>
       <c r="B207" s="6">
         <v>143989</v>
       </c>
       <c r="C207" s="7" t="s">
         <v>397</v>
       </c>
       <c r="D207" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E207" s="7" t="s">
         <v>410</v>
       </c>
       <c r="F207" s="6" t="s">
         <v>411</v>
       </c>
       <c r="G207" s="9" t="s">
         <v>412</v>
       </c>
       <c r="H207" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I207" s="29" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="208" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A208" s="6">
         <v>4400028766</v>
       </c>
       <c r="B208" s="6">
         <v>336508</v>
       </c>
       <c r="C208" s="7" t="s">
         <v>398</v>
       </c>
       <c r="D208" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E208" s="7" t="s">
         <v>414</v>
       </c>
       <c r="F208" s="6" t="s">
         <v>415</v>
       </c>
       <c r="G208" s="9" t="s">
         <v>416</v>
       </c>
       <c r="H208" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I208" s="29" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="209" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A209" s="6">
         <v>4400029064</v>
       </c>
       <c r="B209" s="6">
         <v>181479</v>
       </c>
       <c r="C209" s="7" t="s">
         <v>419</v>
       </c>
       <c r="D209" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E209" s="7" t="s">
         <v>420</v>
       </c>
       <c r="F209" s="6" t="s">
         <v>421</v>
       </c>
       <c r="G209" s="9" t="s">
         <v>422</v>
       </c>
       <c r="H209" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I209" s="29" t="s">
         <v>423</v>
       </c>
     </row>
-    <row r="210" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A210" s="6">
         <v>4400029064</v>
       </c>
       <c r="B210" s="6">
         <v>181479</v>
       </c>
       <c r="C210" s="7" t="s">
         <v>419</v>
       </c>
       <c r="D210" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E210" s="7" t="s">
         <v>420</v>
       </c>
       <c r="F210" s="6" t="s">
         <v>421</v>
       </c>
       <c r="G210" s="9" t="s">
         <v>422</v>
       </c>
       <c r="H210" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I210" s="29" t="s">
         <v>423</v>
       </c>
     </row>
-    <row r="211" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A211" s="6">
         <v>4400029196</v>
       </c>
       <c r="B211" s="6">
         <v>551115</v>
       </c>
       <c r="C211" s="75" t="s">
         <v>424</v>
       </c>
       <c r="D211" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E211" s="30" t="s">
         <v>425</v>
       </c>
       <c r="F211" s="35" t="s">
         <v>426</v>
       </c>
       <c r="G211" s="36" t="s">
         <v>427</v>
       </c>
       <c r="H211" s="36" t="s">
         <v>87</v>
       </c>
       <c r="I211" s="17" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="212" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A212" s="6">
         <v>4400029181</v>
       </c>
       <c r="B212" s="6">
         <v>557401</v>
       </c>
       <c r="C212" s="7" t="s">
         <v>432</v>
       </c>
       <c r="D212" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E212" s="30" t="s">
         <v>433</v>
       </c>
       <c r="F212" s="31" t="s">
         <v>434</v>
       </c>
       <c r="G212" s="32" t="s">
         <v>435</v>
       </c>
       <c r="H212" s="32" t="s">
         <v>87</v>
       </c>
       <c r="I212" s="17" t="s">
         <v>436</v>
       </c>
     </row>
-    <row r="213" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A213" s="6">
         <v>4400029368</v>
       </c>
       <c r="B213" s="6">
         <v>558185</v>
       </c>
       <c r="C213" s="7" t="s">
         <v>446</v>
       </c>
       <c r="D213" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E213" s="7" t="s">
         <v>438</v>
       </c>
       <c r="F213" s="6" t="s">
         <v>439</v>
       </c>
       <c r="G213" s="9" t="s">
         <v>440</v>
       </c>
       <c r="H213" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I213" s="29" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="214" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A214" s="6">
         <v>4400029369</v>
       </c>
       <c r="B214" s="6">
         <v>164065</v>
       </c>
       <c r="C214" s="7" t="s">
         <v>437</v>
       </c>
       <c r="D214" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E214" s="7" t="s">
         <v>442</v>
       </c>
       <c r="F214" s="6" t="s">
         <v>443</v>
       </c>
       <c r="G214" s="9" t="s">
         <v>444</v>
       </c>
       <c r="H214" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I214" s="29" t="s">
         <v>445</v>
       </c>
     </row>
-    <row r="215" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A215" s="6">
         <v>4400028470</v>
       </c>
       <c r="B215" s="6">
         <v>554169</v>
       </c>
       <c r="C215" s="7" t="s">
         <v>461</v>
       </c>
       <c r="D215" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E215" s="31" t="s">
         <v>142</v>
       </c>
       <c r="F215" s="35" t="s">
         <v>448</v>
       </c>
       <c r="G215" s="9" t="s">
         <v>450</v>
       </c>
       <c r="H215" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I215" s="29" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="216" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A216" s="6">
         <v>4400029826</v>
       </c>
       <c r="B216" s="6">
         <v>340509</v>
       </c>
       <c r="C216" s="7" t="s">
         <v>451</v>
       </c>
       <c r="D216" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E216" s="31" t="s">
         <v>452</v>
       </c>
       <c r="F216" s="31" t="s">
         <v>453</v>
       </c>
       <c r="G216" s="9" t="s">
         <v>455</v>
       </c>
       <c r="H216" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I216" s="55" t="s">
         <v>454</v>
       </c>
     </row>
-    <row r="217" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A217" s="6">
         <v>4400029825</v>
       </c>
       <c r="B217" s="6">
         <v>542223</v>
       </c>
       <c r="C217" s="53" t="s">
         <v>456</v>
       </c>
       <c r="D217" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E217" s="54" t="s">
         <v>457</v>
       </c>
       <c r="F217" s="54" t="s">
         <v>458</v>
       </c>
       <c r="G217" s="9" t="s">
         <v>459</v>
       </c>
       <c r="H217" s="9" t="s">
         <v>87</v>
       </c>
       <c r="I217" s="29" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="218" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A218" s="6">
         <v>4400029901</v>
       </c>
       <c r="B218" s="6">
         <v>328023</v>
       </c>
       <c r="C218" s="7" t="s">
         <v>465</v>
       </c>
       <c r="D218" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E218" s="7" t="s">
         <v>462</v>
       </c>
       <c r="F218" s="6" t="s">
         <v>466</v>
       </c>
       <c r="G218" s="9" t="s">
         <v>464</v>
       </c>
       <c r="H218" s="9">
         <v>0</v>
       </c>
       <c r="I218" s="56" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="219" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A219" s="6">
         <v>4400029997</v>
       </c>
       <c r="B219" s="6">
         <v>117066</v>
       </c>
       <c r="C219" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D219" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E219" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F219" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G219" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H219" s="9">
         <v>0</v>
       </c>
       <c r="I219" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="220" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A220" s="6">
         <v>4400029997</v>
       </c>
       <c r="B220" s="6">
         <v>117066</v>
       </c>
       <c r="C220" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D220" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E220" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F220" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G220" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H220" s="9">
         <v>0</v>
       </c>
       <c r="I220" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="221" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A221" s="6">
         <v>4400029997</v>
       </c>
       <c r="B221" s="6">
         <v>117066</v>
       </c>
       <c r="C221" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D221" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E221" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F221" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G221" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H221" s="9">
         <v>0</v>
       </c>
       <c r="I221" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="222" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A222" s="6">
         <v>4400029997</v>
       </c>
       <c r="B222" s="6">
         <v>117066</v>
       </c>
       <c r="C222" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D222" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E222" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F222" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G222" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H222" s="9">
         <v>0</v>
       </c>
       <c r="I222" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="223" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A223" s="6">
         <v>4400029997</v>
       </c>
       <c r="B223" s="6">
         <v>117066</v>
       </c>
       <c r="C223" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D223" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E223" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F223" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G223" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H223" s="9">
         <v>0</v>
       </c>
       <c r="I223" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="224" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A224" s="6">
         <v>4400029997</v>
       </c>
       <c r="B224" s="6">
         <v>117066</v>
       </c>
       <c r="C224" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D224" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E224" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F224" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G224" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H224" s="9">
         <v>0</v>
       </c>
       <c r="I224" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="225" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A225" s="6">
         <v>4400029997</v>
       </c>
       <c r="B225" s="6">
         <v>117066</v>
       </c>
       <c r="C225" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D225" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E225" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F225" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G225" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H225" s="9">
         <v>0</v>
       </c>
       <c r="I225" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="226" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A226" s="6">
         <v>4400029997</v>
       </c>
       <c r="B226" s="6">
         <v>117066</v>
       </c>
       <c r="C226" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D226" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E226" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F226" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G226" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H226" s="9">
         <v>0</v>
       </c>
       <c r="I226" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="227" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A227" s="6">
         <v>4400029997</v>
       </c>
       <c r="B227" s="6">
         <v>117066</v>
       </c>
       <c r="C227" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D227" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E227" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F227" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G227" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H227" s="9">
         <v>0</v>
       </c>
       <c r="I227" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="228" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A228" s="6">
         <v>4400029997</v>
       </c>
       <c r="B228" s="6">
         <v>117066</v>
       </c>
       <c r="C228" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D228" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E228" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F228" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G228" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H228" s="9">
         <v>0</v>
       </c>
       <c r="I228" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="229" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A229" s="6">
         <v>4400029997</v>
       </c>
       <c r="B229" s="6">
         <v>117066</v>
       </c>
       <c r="C229" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D229" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E229" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F229" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G229" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H229" s="9">
         <v>0</v>
       </c>
       <c r="I229" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="230" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A230" s="6">
         <v>4400029997</v>
       </c>
       <c r="B230" s="6">
         <v>117066</v>
       </c>
       <c r="C230" s="7" t="s">
         <v>467</v>
       </c>
       <c r="D230" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E230" s="7" t="s">
         <v>468</v>
       </c>
       <c r="F230" s="6" t="s">
         <v>469</v>
       </c>
       <c r="G230" s="9" t="s">
         <v>470</v>
       </c>
       <c r="H230" s="9">
         <v>0</v>
       </c>
       <c r="I230" s="29" t="s">
         <v>471</v>
       </c>
     </row>
-    <row r="231" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A231" s="6">
         <v>4400029986</v>
       </c>
       <c r="B231" s="6">
         <v>152682</v>
       </c>
       <c r="C231" s="7" t="s">
         <v>472</v>
       </c>
       <c r="D231" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E231" s="7" t="s">
         <v>473</v>
       </c>
       <c r="F231" s="6" t="s">
         <v>474</v>
       </c>
       <c r="G231" s="9" t="s">
         <v>475</v>
       </c>
       <c r="H231" s="9">
         <v>0</v>
       </c>
       <c r="I231" s="29" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="232" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A232" s="6">
         <v>4400029986</v>
       </c>
       <c r="B232" s="6">
         <v>152682</v>
       </c>
       <c r="C232" s="7" t="s">
         <v>472</v>
       </c>
       <c r="D232" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E232" s="7" t="s">
         <v>473</v>
       </c>
       <c r="F232" s="6" t="s">
         <v>474</v>
       </c>
       <c r="G232" s="9" t="s">
         <v>475</v>
       </c>
       <c r="H232" s="9">
         <v>0</v>
       </c>
       <c r="I232" s="29" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="233" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A233" s="6">
         <v>4400029986</v>
       </c>
       <c r="B233" s="6">
         <v>152682</v>
       </c>
       <c r="C233" s="7" t="s">
         <v>472</v>
       </c>
       <c r="D233" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E233" s="7" t="s">
         <v>473</v>
       </c>
       <c r="F233" s="6" t="s">
         <v>474</v>
       </c>
       <c r="G233" s="9" t="s">
         <v>475</v>
       </c>
       <c r="H233" s="9">
         <v>0</v>
       </c>
       <c r="I233" s="29" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="234" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A234" s="6">
         <v>4400029986</v>
       </c>
       <c r="B234" s="6">
         <v>152682</v>
       </c>
       <c r="C234" s="7" t="s">
         <v>472</v>
       </c>
       <c r="D234" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E234" s="7" t="s">
         <v>473</v>
       </c>
       <c r="F234" s="6" t="s">
         <v>474</v>
       </c>
       <c r="G234" s="9" t="s">
         <v>475</v>
       </c>
       <c r="H234" s="9">
         <v>0</v>
       </c>
       <c r="I234" s="29" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="235" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A235" s="6">
         <v>4400029986</v>
       </c>
       <c r="B235" s="6">
         <v>152682</v>
       </c>
       <c r="C235" s="7" t="s">
         <v>472</v>
       </c>
       <c r="D235" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E235" s="7" t="s">
         <v>473</v>
       </c>
       <c r="F235" s="6" t="s">
         <v>474</v>
       </c>
       <c r="G235" s="9" t="s">
         <v>475</v>
       </c>
       <c r="H235" s="9">
         <v>0</v>
       </c>
       <c r="I235" s="29" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="236" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A236" s="6">
         <v>4400029986</v>
       </c>
       <c r="B236" s="6">
         <v>152682</v>
       </c>
       <c r="C236" s="7" t="s">
         <v>472</v>
       </c>
       <c r="D236" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E236" s="7" t="s">
         <v>473</v>
       </c>
       <c r="F236" s="6" t="s">
         <v>474</v>
       </c>
       <c r="G236" s="9" t="s">
         <v>475</v>
       </c>
       <c r="H236" s="9">
         <v>0</v>
       </c>
       <c r="I236" s="29" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="237" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A237" s="6">
         <v>4400029986</v>
       </c>
       <c r="B237" s="6">
         <v>152682</v>
       </c>
       <c r="C237" s="7" t="s">
         <v>472</v>
       </c>
       <c r="D237" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E237" s="7" t="s">
         <v>473</v>
       </c>
       <c r="F237" s="6" t="s">
         <v>474</v>
       </c>
       <c r="G237" s="9" t="s">
         <v>475</v>
       </c>
       <c r="H237" s="9">
         <v>0</v>
       </c>
       <c r="I237" s="29" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="238" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A238" s="6">
         <v>4400029986</v>
       </c>
       <c r="B238" s="6">
         <v>152682</v>
       </c>
       <c r="C238" s="7" t="s">
         <v>472</v>
       </c>
       <c r="D238" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E238" s="7" t="s">
         <v>473</v>
       </c>
       <c r="F238" s="6" t="s">
         <v>474</v>
       </c>
       <c r="G238" s="9" t="s">
         <v>475</v>
       </c>
       <c r="H238" s="9">
         <v>0</v>
       </c>
       <c r="I238" s="29" t="s">
         <v>476</v>
       </c>
     </row>
-    <row r="239" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A239" s="6">
         <v>4400030055</v>
       </c>
       <c r="B239" s="6">
         <v>325350</v>
       </c>
       <c r="C239" s="7" t="s">
         <v>477</v>
       </c>
       <c r="D239" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E239" s="7" t="s">
         <v>478</v>
       </c>
       <c r="F239" s="6" t="s">
         <v>481</v>
       </c>
       <c r="G239" s="9" t="s">
         <v>479</v>
       </c>
       <c r="H239" s="9">
         <v>0</v>
       </c>
       <c r="I239" s="29" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="240" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A240" s="6">
         <v>4400030088</v>
       </c>
       <c r="B240" s="6">
         <v>555228</v>
       </c>
       <c r="C240" s="7" t="s">
         <v>483</v>
       </c>
       <c r="D240" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E240" s="7" t="s">
         <v>484</v>
       </c>
       <c r="F240" s="6" t="s">
         <v>485</v>
       </c>
       <c r="G240" s="9" t="s">
         <v>486</v>
       </c>
       <c r="H240" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I240" s="29" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="241" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A241" s="6">
         <v>4400030088</v>
       </c>
       <c r="B241" s="6">
         <v>555228</v>
       </c>
       <c r="C241" s="7" t="s">
         <v>483</v>
       </c>
       <c r="D241" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E241" s="7" t="s">
         <v>484</v>
       </c>
       <c r="F241" s="6" t="s">
         <v>485</v>
       </c>
       <c r="G241" s="9" t="s">
         <v>486</v>
       </c>
       <c r="H241" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I241" s="29" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="242" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A242" s="6">
         <v>4400030088</v>
       </c>
       <c r="B242" s="6">
         <v>555228</v>
       </c>
       <c r="C242" s="7" t="s">
         <v>483</v>
       </c>
       <c r="D242" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E242" s="7" t="s">
         <v>484</v>
       </c>
       <c r="F242" s="6" t="s">
         <v>485</v>
       </c>
       <c r="G242" s="9" t="s">
         <v>486</v>
       </c>
       <c r="H242" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I242" s="29" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="243" spans="1:14" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:14" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A243" s="60">
         <v>4400030132</v>
       </c>
       <c r="B243" s="61">
         <v>560077</v>
       </c>
       <c r="C243" s="62" t="s">
         <v>488</v>
       </c>
       <c r="D243" s="10" t="s">
         <v>50</v>
       </c>
       <c r="E243" s="12" t="s">
         <v>489</v>
       </c>
       <c r="F243" s="10" t="s">
         <v>490</v>
       </c>
       <c r="G243" s="13" t="s">
         <v>491</v>
       </c>
       <c r="H243" s="13" t="s">
         <v>482</v>
       </c>
       <c r="I243" s="57" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="244" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A244" s="6">
         <v>4400030352</v>
       </c>
       <c r="B244" s="6">
         <v>115310</v>
       </c>
       <c r="C244" s="7" t="s">
         <v>493</v>
       </c>
       <c r="D244" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E244" s="7" t="s">
         <v>494</v>
       </c>
       <c r="F244" s="6" t="s">
         <v>495</v>
       </c>
       <c r="G244" s="9" t="s">
         <v>496</v>
       </c>
       <c r="H244" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I244" s="29" t="s">
         <v>497</v>
       </c>
       <c r="N244" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="245" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A245" s="6">
         <v>4400030352</v>
       </c>
       <c r="B245" s="6">
         <v>115310</v>
       </c>
       <c r="C245" s="7" t="s">
         <v>493</v>
       </c>
       <c r="D245" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E245" s="7" t="s">
         <v>494</v>
       </c>
       <c r="F245" s="6" t="s">
         <v>495</v>
       </c>
       <c r="G245" s="9" t="s">
         <v>496</v>
       </c>
       <c r="H245" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I245" s="29" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="246" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A246" s="6">
         <v>4400030352</v>
       </c>
       <c r="B246" s="6">
         <v>115310</v>
       </c>
       <c r="C246" s="7" t="s">
         <v>493</v>
       </c>
       <c r="D246" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E246" s="7" t="s">
         <v>494</v>
       </c>
       <c r="F246" s="6" t="s">
         <v>495</v>
       </c>
       <c r="G246" s="9" t="s">
         <v>496</v>
       </c>
       <c r="H246" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I246" s="29" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="247" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A247" s="6">
         <v>4400030352</v>
       </c>
       <c r="B247" s="6">
         <v>115310</v>
       </c>
       <c r="C247" s="7" t="s">
         <v>493</v>
       </c>
       <c r="D247" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E247" s="7" t="s">
         <v>494</v>
       </c>
       <c r="F247" s="6" t="s">
         <v>495</v>
       </c>
       <c r="G247" s="9" t="s">
         <v>496</v>
       </c>
       <c r="H247" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I247" s="29" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="248" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A248" s="6">
         <v>4400030420</v>
       </c>
       <c r="B248" s="6">
         <v>118035</v>
       </c>
       <c r="C248" s="7" t="s">
         <v>499</v>
       </c>
       <c r="D248" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E248" s="7" t="s">
         <v>500</v>
       </c>
       <c r="F248" s="6" t="s">
         <v>501</v>
       </c>
       <c r="G248" s="9" t="s">
         <v>502</v>
       </c>
       <c r="H248" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I248" s="29" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="249" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A249" s="6">
         <v>4400030420</v>
       </c>
       <c r="B249" s="6">
         <v>118035</v>
       </c>
       <c r="C249" s="7" t="s">
         <v>499</v>
       </c>
       <c r="D249" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E249" s="7" t="s">
         <v>500</v>
       </c>
       <c r="F249" s="6" t="s">
         <v>501</v>
       </c>
       <c r="G249" s="9" t="s">
         <v>502</v>
       </c>
       <c r="H249" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I249" s="29" t="s">
         <v>503</v>
       </c>
       <c r="N249" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="250" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A250" s="6">
         <v>4400030411</v>
       </c>
       <c r="B250" s="6">
         <v>119759</v>
       </c>
       <c r="C250" s="7" t="s">
         <v>504</v>
       </c>
       <c r="D250" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E250" s="7" t="s">
         <v>505</v>
       </c>
       <c r="F250" s="6" t="s">
         <v>506</v>
       </c>
       <c r="G250" s="9" t="s">
         <v>507</v>
       </c>
       <c r="H250" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I250" s="29" t="s">
         <v>508</v>
       </c>
       <c r="N250" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="251" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A251" s="6">
         <v>4400030411</v>
       </c>
       <c r="B251" s="6">
         <v>119759</v>
       </c>
       <c r="C251" s="7" t="s">
         <v>504</v>
       </c>
       <c r="D251" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E251" s="7" t="s">
         <v>505</v>
       </c>
       <c r="F251" s="6" t="s">
         <v>506</v>
       </c>
       <c r="G251" s="9" t="s">
         <v>507</v>
       </c>
       <c r="H251" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I251" s="29" t="s">
         <v>508</v>
       </c>
       <c r="N251" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="252" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A252" s="6">
         <v>4400030411</v>
       </c>
       <c r="B252" s="6">
         <v>119759</v>
       </c>
       <c r="C252" s="7" t="s">
         <v>504</v>
       </c>
       <c r="D252" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E252" s="7" t="s">
         <v>505</v>
       </c>
       <c r="F252" s="6" t="s">
         <v>506</v>
       </c>
       <c r="G252" s="9" t="s">
         <v>507</v>
       </c>
       <c r="H252" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I252" s="29" t="s">
         <v>508</v>
       </c>
       <c r="N252" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="253" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A253" s="6">
         <v>4400030471</v>
       </c>
       <c r="B253" s="6">
         <v>560926</v>
       </c>
       <c r="C253" s="7" t="s">
         <v>509</v>
       </c>
       <c r="D253" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E253" s="7" t="s">
         <v>510</v>
       </c>
       <c r="F253" s="6" t="s">
         <v>511</v>
       </c>
       <c r="G253" s="15" t="s">
         <v>512</v>
       </c>
       <c r="H253" s="9" t="s">
         <v>482</v>
       </c>
       <c r="I253" s="29" t="s">
         <v>513</v>
       </c>
       <c r="N253" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="254" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A254" s="6">
         <v>4400030625</v>
       </c>
       <c r="B254" s="6">
         <v>143262</v>
       </c>
       <c r="C254" s="7" t="s">
         <v>514</v>
       </c>
       <c r="D254" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E254" s="7" t="s">
         <v>516</v>
       </c>
       <c r="F254" s="6" t="s">
         <v>517</v>
       </c>
       <c r="G254" s="15" t="s">
         <v>518</v>
       </c>
       <c r="H254" s="9">
         <v>0</v>
       </c>
       <c r="I254" s="29" t="s">
         <v>519</v>
       </c>
     </row>
-    <row r="255" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A255" s="6">
         <v>4400030625</v>
       </c>
       <c r="B255" s="6">
         <v>143262</v>
       </c>
       <c r="C255" s="7" t="s">
         <v>514</v>
       </c>
       <c r="D255" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E255" s="7" t="s">
         <v>516</v>
       </c>
       <c r="F255" s="6" t="s">
         <v>517</v>
       </c>
       <c r="G255" s="15" t="s">
         <v>518</v>
       </c>
       <c r="H255" s="9">
         <v>0</v>
       </c>
       <c r="I255" s="29" t="s">
         <v>519</v>
       </c>
     </row>
-    <row r="256" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A256" s="6">
         <v>4400030625</v>
       </c>
       <c r="B256" s="6">
         <v>143262</v>
       </c>
       <c r="C256" s="7" t="s">
         <v>514</v>
       </c>
       <c r="D256" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E256" s="7" t="s">
         <v>516</v>
       </c>
       <c r="F256" s="6" t="s">
         <v>517</v>
       </c>
       <c r="G256" s="15" t="s">
         <v>518</v>
       </c>
       <c r="H256" s="9">
         <v>0</v>
       </c>
       <c r="I256" s="29" t="s">
         <v>519</v>
       </c>
     </row>
-    <row r="257" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A257" s="6">
         <v>4400030625</v>
       </c>
       <c r="B257" s="6">
         <v>143262</v>
       </c>
       <c r="C257" s="7" t="s">
         <v>514</v>
       </c>
       <c r="D257" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E257" s="7" t="s">
         <v>516</v>
       </c>
       <c r="F257" s="6" t="s">
         <v>517</v>
       </c>
       <c r="G257" s="15" t="s">
         <v>518</v>
       </c>
       <c r="H257" s="9">
         <v>0</v>
       </c>
       <c r="I257" s="29" t="s">
         <v>519</v>
       </c>
       <c r="N257" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="258" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A258" s="6">
         <v>4400030626</v>
       </c>
       <c r="B258" s="6">
         <v>163725</v>
       </c>
       <c r="C258" s="7" t="s">
         <v>515</v>
       </c>
       <c r="D258" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E258" s="7" t="s">
         <v>520</v>
       </c>
       <c r="F258" s="6" t="s">
         <v>521</v>
       </c>
       <c r="G258" s="15" t="s">
         <v>522</v>
       </c>
       <c r="H258" s="9">
         <v>0</v>
       </c>
       <c r="I258" s="29" t="s">
         <v>523</v>
       </c>
     </row>
-    <row r="259" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A259" s="6">
         <v>4400030626</v>
       </c>
       <c r="B259" s="6">
         <v>163725</v>
       </c>
       <c r="C259" s="7" t="s">
         <v>515</v>
       </c>
       <c r="D259" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E259" s="7" t="s">
         <v>520</v>
       </c>
       <c r="F259" s="6" t="s">
         <v>521</v>
       </c>
       <c r="G259" s="15" t="s">
         <v>522</v>
       </c>
       <c r="H259" s="9">
         <v>0</v>
       </c>
       <c r="I259" s="29" t="s">
         <v>523</v>
       </c>
     </row>
-    <row r="260" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A260" s="6">
         <v>4400030627</v>
       </c>
       <c r="B260" s="6">
         <v>561477</v>
       </c>
       <c r="C260" s="7" t="s">
         <v>524</v>
       </c>
       <c r="D260" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E260" s="7" t="s">
         <v>525</v>
       </c>
       <c r="F260" s="6" t="s">
         <v>526</v>
       </c>
       <c r="G260" s="15" t="s">
         <v>527</v>
       </c>
       <c r="H260" s="9">
         <v>0</v>
       </c>
       <c r="I260" s="29" t="s">
         <v>528</v>
       </c>
     </row>
-    <row r="261" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A261" s="6">
         <v>4400030662</v>
       </c>
       <c r="B261" s="6">
         <v>360592</v>
       </c>
       <c r="C261" s="7" t="s">
         <v>529</v>
       </c>
       <c r="D261" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E261" s="7" t="s">
         <v>530</v>
       </c>
       <c r="F261" s="6" t="s">
         <v>531</v>
       </c>
       <c r="G261" s="15" t="s">
         <v>532</v>
       </c>
       <c r="H261" s="9">
         <v>0</v>
       </c>
       <c r="I261" s="29" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="262" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A262" s="6">
         <v>4400030767</v>
       </c>
       <c r="B262" s="6">
         <v>207366</v>
       </c>
       <c r="C262" s="7" t="s">
         <v>534</v>
       </c>
       <c r="D262" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E262" s="7" t="s">
         <v>535</v>
       </c>
       <c r="F262" s="6" t="s">
         <v>536</v>
       </c>
       <c r="G262" s="15" t="s">
         <v>537</v>
       </c>
       <c r="H262" s="9">
         <v>0</v>
       </c>
       <c r="I262" s="29" t="s">
         <v>538</v>
       </c>
       <c r="N262" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="263" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A263" s="6">
         <v>4400030767</v>
       </c>
       <c r="B263" s="6">
         <v>207366</v>
       </c>
       <c r="C263" s="7" t="s">
         <v>534</v>
       </c>
       <c r="D263" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E263" s="7" t="s">
         <v>535</v>
       </c>
       <c r="F263" s="6" t="s">
         <v>536</v>
       </c>
       <c r="G263" s="15" t="s">
         <v>537</v>
       </c>
       <c r="H263" s="9">
         <v>0</v>
       </c>
       <c r="I263" s="29" t="s">
         <v>538</v>
       </c>
     </row>
-    <row r="264" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A264" s="6">
         <v>4400030820</v>
       </c>
       <c r="B264" s="6">
         <v>180635</v>
       </c>
       <c r="C264" s="7" t="s">
         <v>544</v>
       </c>
       <c r="D264" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E264" s="7" t="s">
         <v>545</v>
       </c>
       <c r="F264" s="6" t="s">
         <v>546</v>
       </c>
       <c r="G264" s="15" t="s">
         <v>547</v>
       </c>
       <c r="H264" s="9">
         <v>0</v>
       </c>
       <c r="I264" s="29" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="265" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A265" s="6">
         <v>4400030821</v>
       </c>
       <c r="B265" s="6">
         <v>185463</v>
       </c>
       <c r="C265" s="7" t="s">
         <v>539</v>
       </c>
       <c r="D265" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E265" s="7" t="s">
         <v>540</v>
       </c>
       <c r="F265" s="6" t="s">
         <v>541</v>
       </c>
       <c r="G265" s="15" t="s">
         <v>542</v>
       </c>
       <c r="H265" s="9">
         <v>0</v>
       </c>
       <c r="I265" s="29" t="s">
         <v>543</v>
       </c>
     </row>
-    <row r="266" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A266" s="6">
         <v>4400030899</v>
       </c>
       <c r="B266" s="6">
         <v>148484</v>
       </c>
       <c r="C266" s="7" t="s">
         <v>549</v>
       </c>
       <c r="D266" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E266" s="7" t="s">
         <v>550</v>
       </c>
       <c r="F266" s="6" t="s">
         <v>551</v>
       </c>
       <c r="G266" s="15" t="s">
         <v>552</v>
       </c>
       <c r="H266" s="9">
         <v>0</v>
       </c>
       <c r="I266" s="29" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="267" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A267" s="6">
         <v>4400031115</v>
       </c>
       <c r="B267" s="6">
         <v>121899</v>
       </c>
       <c r="C267" s="7" t="s">
         <v>554</v>
       </c>
       <c r="D267" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E267" s="7" t="s">
         <v>556</v>
       </c>
       <c r="F267" s="6" t="s">
         <v>557</v>
       </c>
       <c r="G267" s="15" t="s">
         <v>558</v>
       </c>
       <c r="H267" s="9">
         <v>0</v>
       </c>
       <c r="I267" s="29" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="268" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A268" s="6">
         <v>4400031115</v>
       </c>
       <c r="B268" s="6">
         <v>121899</v>
       </c>
       <c r="C268" s="7" t="s">
         <v>554</v>
       </c>
       <c r="D268" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E268" s="7" t="s">
         <v>556</v>
       </c>
       <c r="F268" s="6" t="s">
         <v>557</v>
       </c>
       <c r="G268" s="15" t="s">
         <v>558</v>
       </c>
       <c r="H268" s="9">
         <v>0</v>
       </c>
       <c r="I268" s="29" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="269" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A269" s="6">
         <v>4400031115</v>
       </c>
       <c r="B269" s="6">
         <v>121899</v>
       </c>
       <c r="C269" s="7" t="s">
         <v>554</v>
       </c>
       <c r="D269" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E269" s="7" t="s">
         <v>556</v>
       </c>
       <c r="F269" s="6" t="s">
         <v>557</v>
       </c>
       <c r="G269" s="15" t="s">
         <v>558</v>
       </c>
       <c r="H269" s="9">
         <v>0</v>
       </c>
       <c r="I269" s="29" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="270" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A270" s="6">
         <v>4400031156</v>
       </c>
       <c r="B270" s="6">
         <v>561061</v>
       </c>
       <c r="C270" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D270" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E270" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F270" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G270" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H270" s="9">
         <v>0</v>
       </c>
       <c r="I270" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="271" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A271" s="6">
         <v>4400031156</v>
       </c>
       <c r="B271" s="6">
         <v>561061</v>
       </c>
       <c r="C271" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D271" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E271" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F271" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G271" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H271" s="9">
         <v>0</v>
       </c>
       <c r="I271" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="272" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A272" s="6">
         <v>4400031156</v>
       </c>
       <c r="B272" s="6">
         <v>561061</v>
       </c>
       <c r="C272" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D272" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E272" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F272" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G272" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H272" s="9">
         <v>0</v>
       </c>
       <c r="I272" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="273" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A273" s="6">
         <v>4400031156</v>
       </c>
       <c r="B273" s="6">
         <v>561061</v>
       </c>
       <c r="C273" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D273" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E273" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F273" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G273" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H273" s="9">
         <v>0</v>
       </c>
       <c r="I273" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="274" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A274" s="6">
         <v>4400031156</v>
       </c>
       <c r="B274" s="6">
         <v>561061</v>
       </c>
       <c r="C274" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D274" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E274" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F274" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G274" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H274" s="9">
         <v>0</v>
       </c>
       <c r="I274" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="275" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A275" s="6">
         <v>4400031156</v>
       </c>
       <c r="B275" s="6">
         <v>561061</v>
       </c>
       <c r="C275" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D275" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E275" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F275" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G275" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H275" s="9">
         <v>0</v>
       </c>
       <c r="I275" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="276" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A276" s="6">
         <v>4400031156</v>
       </c>
       <c r="B276" s="6">
         <v>561061</v>
       </c>
       <c r="C276" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D276" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E276" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F276" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G276" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H276" s="9">
         <v>0</v>
       </c>
       <c r="I276" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="277" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A277" s="6">
         <v>4400031156</v>
       </c>
       <c r="B277" s="6">
         <v>561061</v>
       </c>
       <c r="C277" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D277" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E277" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F277" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G277" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H277" s="9">
         <v>0</v>
       </c>
       <c r="I277" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="278" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A278" s="6">
         <v>4400031156</v>
       </c>
       <c r="B278" s="6">
         <v>561061</v>
       </c>
       <c r="C278" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D278" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E278" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F278" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G278" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H278" s="9">
         <v>0</v>
       </c>
       <c r="I278" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="279" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A279" s="6">
         <v>4400031156</v>
       </c>
       <c r="B279" s="6">
         <v>561061</v>
       </c>
       <c r="C279" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D279" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E279" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F279" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G279" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H279" s="9">
         <v>0</v>
       </c>
       <c r="I279" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="280" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A280" s="6">
         <v>4400031156</v>
       </c>
       <c r="B280" s="6">
         <v>561061</v>
       </c>
       <c r="C280" s="7" t="s">
         <v>560</v>
       </c>
       <c r="D280" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E280" s="7" t="s">
         <v>561</v>
       </c>
       <c r="F280" s="6" t="s">
         <v>562</v>
       </c>
       <c r="G280" s="15" t="s">
         <v>107</v>
       </c>
       <c r="H280" s="9">
         <v>0</v>
       </c>
       <c r="I280" s="29" t="s">
         <v>563</v>
       </c>
     </row>
-    <row r="281" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A281" s="6">
         <v>4400031116</v>
       </c>
       <c r="B281" s="6">
         <v>157584</v>
       </c>
       <c r="C281" s="7" t="s">
         <v>555</v>
       </c>
       <c r="D281" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E281" s="7" t="s">
         <v>569</v>
       </c>
       <c r="F281" s="6" t="s">
         <v>570</v>
       </c>
       <c r="G281" s="15" t="s">
         <v>571</v>
       </c>
       <c r="H281" s="9">
         <v>0</v>
       </c>
       <c r="I281" s="29" t="s">
         <v>572</v>
       </c>
     </row>
-    <row r="282" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A282" s="6">
         <v>4400031111</v>
       </c>
       <c r="B282" s="6">
         <v>193618</v>
       </c>
       <c r="C282" s="7" t="s">
         <v>564</v>
       </c>
       <c r="D282" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E282" s="7" t="s">
         <v>565</v>
       </c>
       <c r="F282" s="6" t="s">
         <v>566</v>
       </c>
       <c r="G282" s="15" t="s">
         <v>567</v>
       </c>
       <c r="H282" s="9">
         <v>0</v>
       </c>
       <c r="I282" s="29" t="s">
         <v>568</v>
       </c>
     </row>
-    <row r="283" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A283" s="6">
         <v>4400029599</v>
       </c>
       <c r="B283" s="6">
         <v>123588</v>
       </c>
       <c r="C283" s="7" t="s">
         <v>573</v>
       </c>
       <c r="D283" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E283" s="7" t="s">
         <v>574</v>
       </c>
       <c r="F283" s="6" t="s">
         <v>576</v>
       </c>
       <c r="G283" s="15" t="s">
         <v>575</v>
       </c>
       <c r="H283" s="9">
         <v>0</v>
       </c>
       <c r="I283" s="29" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="284" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A284" s="6">
         <v>4400029599</v>
       </c>
       <c r="B284" s="6">
         <v>123588</v>
       </c>
       <c r="C284" s="7" t="s">
         <v>573</v>
       </c>
       <c r="D284" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E284" s="7" t="s">
         <v>574</v>
       </c>
       <c r="F284" s="6" t="s">
         <v>576</v>
       </c>
       <c r="G284" s="15" t="s">
         <v>575</v>
       </c>
       <c r="H284" s="9">
         <v>0</v>
       </c>
       <c r="I284" s="29" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="285" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A285" s="6">
         <v>4400031244</v>
       </c>
       <c r="B285" s="6">
         <v>554610</v>
       </c>
       <c r="C285" s="7" t="s">
         <v>582</v>
       </c>
       <c r="D285" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E285" s="7" t="s">
         <v>578</v>
       </c>
       <c r="F285" s="6" t="s">
         <v>579</v>
       </c>
       <c r="G285" s="15" t="s">
         <v>580</v>
       </c>
       <c r="H285" s="9">
         <v>0</v>
       </c>
       <c r="I285" s="29" t="s">
         <v>581</v>
       </c>
     </row>
-    <row r="286" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A286" s="6">
         <v>4400031250</v>
       </c>
       <c r="B286" s="6">
         <v>119666</v>
       </c>
       <c r="C286" s="7" t="s">
         <v>583</v>
       </c>
       <c r="D286" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E286" s="7" t="s">
         <v>584</v>
       </c>
       <c r="F286" s="6" t="s">
         <v>585</v>
       </c>
       <c r="G286" s="15" t="s">
         <v>597</v>
       </c>
       <c r="H286" s="9">
         <v>0</v>
       </c>
       <c r="I286" s="29" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="287" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A287" s="6">
         <v>4400031250</v>
       </c>
       <c r="B287" s="6">
         <v>119666</v>
       </c>
       <c r="C287" s="7" t="s">
         <v>583</v>
       </c>
       <c r="D287" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E287" s="7" t="s">
         <v>584</v>
       </c>
       <c r="F287" s="6" t="s">
         <v>585</v>
       </c>
       <c r="G287" s="15" t="s">
         <v>597</v>
       </c>
       <c r="H287" s="9">
         <v>0</v>
       </c>
       <c r="I287" s="29" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="288" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A288" s="6">
         <v>4400031250</v>
       </c>
       <c r="B288" s="6">
         <v>119666</v>
       </c>
       <c r="C288" s="7" t="s">
         <v>583</v>
       </c>
       <c r="D288" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E288" s="7" t="s">
         <v>584</v>
       </c>
       <c r="F288" s="6" t="s">
         <v>585</v>
       </c>
       <c r="G288" s="15" t="s">
         <v>597</v>
       </c>
       <c r="H288" s="9">
         <v>0</v>
       </c>
       <c r="I288" s="29" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="289" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A289" s="6">
         <v>4400031309</v>
       </c>
       <c r="B289" s="6">
         <v>372839</v>
       </c>
       <c r="C289" s="7" t="s">
         <v>587</v>
       </c>
       <c r="D289" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E289" s="7" t="s">
         <v>588</v>
       </c>
       <c r="F289" s="6" t="s">
         <v>589</v>
       </c>
       <c r="G289" s="15" t="s">
         <v>595</v>
       </c>
       <c r="H289" s="9">
         <v>0</v>
       </c>
       <c r="I289" s="29" t="s">
         <v>590</v>
       </c>
     </row>
-    <row r="290" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A290" s="6">
         <v>4400031309</v>
       </c>
       <c r="B290" s="6">
         <v>372839</v>
       </c>
       <c r="C290" s="7" t="s">
         <v>587</v>
       </c>
       <c r="D290" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E290" s="7" t="s">
         <v>588</v>
       </c>
       <c r="F290" s="6" t="s">
         <v>589</v>
       </c>
       <c r="G290" s="15" t="s">
         <v>595</v>
       </c>
       <c r="H290" s="9">
         <v>0</v>
       </c>
       <c r="I290" s="29" t="s">
         <v>590</v>
       </c>
     </row>
-    <row r="291" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A291" s="6">
         <v>4400031309</v>
       </c>
       <c r="B291" s="6">
         <v>372839</v>
       </c>
       <c r="C291" s="7" t="s">
         <v>587</v>
       </c>
       <c r="D291" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E291" s="7" t="s">
         <v>588</v>
       </c>
       <c r="F291" s="6" t="s">
         <v>589</v>
       </c>
       <c r="G291" s="15" t="s">
         <v>595</v>
       </c>
       <c r="H291" s="9">
         <v>0</v>
       </c>
       <c r="I291" s="29" t="s">
         <v>590</v>
       </c>
     </row>
-    <row r="292" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A292" s="6">
         <v>4400031311</v>
       </c>
       <c r="B292" s="6">
         <v>148305</v>
       </c>
       <c r="C292" s="7" t="s">
         <v>591</v>
       </c>
       <c r="D292" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E292" s="7" t="s">
         <v>592</v>
       </c>
       <c r="F292" s="6" t="s">
         <v>593</v>
       </c>
       <c r="G292" s="15" t="s">
         <v>596</v>
       </c>
       <c r="H292" s="9">
         <v>0</v>
       </c>
       <c r="I292" s="29" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="293" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A293" s="6">
         <v>4400031311</v>
       </c>
       <c r="B293" s="6">
         <v>148305</v>
       </c>
       <c r="C293" s="7" t="s">
         <v>591</v>
       </c>
       <c r="D293" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E293" s="7" t="s">
         <v>592</v>
       </c>
       <c r="F293" s="6" t="s">
         <v>593</v>
       </c>
       <c r="G293" s="15" t="s">
         <v>596</v>
       </c>
       <c r="H293" s="9">
         <v>0</v>
       </c>
       <c r="I293" s="29" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="294" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A294" s="6">
         <v>4400031311</v>
       </c>
       <c r="B294" s="6">
         <v>148305</v>
       </c>
       <c r="C294" s="7" t="s">
         <v>591</v>
       </c>
       <c r="D294" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E294" s="7" t="s">
         <v>592</v>
       </c>
       <c r="F294" s="6" t="s">
         <v>593</v>
       </c>
       <c r="G294" s="15" t="s">
         <v>596</v>
       </c>
       <c r="H294" s="9">
         <v>0</v>
       </c>
       <c r="I294" s="29" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="295" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A295" s="6">
         <v>4400031311</v>
       </c>
       <c r="B295" s="6">
         <v>148305</v>
       </c>
       <c r="C295" s="7" t="s">
         <v>591</v>
       </c>
       <c r="D295" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E295" s="7" t="s">
         <v>592</v>
       </c>
       <c r="F295" s="6" t="s">
         <v>593</v>
       </c>
       <c r="G295" s="15" t="s">
         <v>596</v>
       </c>
       <c r="H295" s="9">
         <v>0</v>
       </c>
       <c r="I295" s="29" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="296" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A296" s="6">
         <v>4400031485</v>
       </c>
       <c r="B296" s="6">
         <v>211524</v>
       </c>
       <c r="C296" s="7" t="s">
         <v>598</v>
       </c>
       <c r="D296" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E296" s="7" t="s">
         <v>599</v>
       </c>
       <c r="F296" s="6" t="s">
         <v>600</v>
       </c>
       <c r="G296" s="15" t="s">
         <v>601</v>
       </c>
       <c r="H296" s="9">
         <v>0</v>
       </c>
       <c r="I296" s="29" t="s">
         <v>602</v>
       </c>
     </row>
-    <row r="297" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A297" s="6">
         <v>4400031477</v>
       </c>
       <c r="B297" s="6">
         <v>482430</v>
       </c>
       <c r="C297" s="7" t="s">
         <v>603</v>
       </c>
       <c r="D297" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E297" s="7" t="s">
         <v>604</v>
       </c>
       <c r="F297" s="6" t="s">
         <v>605</v>
       </c>
       <c r="G297" s="15" t="s">
         <v>606</v>
       </c>
       <c r="H297" s="9">
         <v>0</v>
       </c>
       <c r="I297" s="29" t="s">
         <v>607</v>
       </c>
     </row>
-    <row r="298" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A298" s="6">
         <v>4400031760</v>
       </c>
       <c r="B298" s="6">
         <v>129791</v>
       </c>
       <c r="C298" s="7" t="s">
         <v>608</v>
       </c>
       <c r="D298" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E298" s="7" t="s">
         <v>614</v>
       </c>
       <c r="F298" s="6" t="s">
         <v>615</v>
       </c>
       <c r="G298" s="15" t="s">
         <v>616</v>
       </c>
       <c r="H298" s="9">
         <v>0</v>
       </c>
       <c r="I298" s="29" t="s">
         <v>617</v>
       </c>
     </row>
-    <row r="299" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A299" s="6">
         <v>4400031784</v>
       </c>
       <c r="B299" s="6">
         <v>545713</v>
       </c>
       <c r="C299" s="7" t="s">
         <v>609</v>
       </c>
       <c r="D299" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E299" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F299" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G299" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H299" s="9">
         <v>0</v>
       </c>
       <c r="I299" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="300" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A300" s="6">
         <v>4400031784</v>
       </c>
       <c r="B300" s="6">
         <v>545713</v>
       </c>
       <c r="C300" s="7" t="s">
         <v>609</v>
       </c>
       <c r="D300" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E300" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F300" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G300" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H300" s="9">
         <v>0</v>
       </c>
       <c r="I300" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="301" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A301" s="6">
         <v>4400031784</v>
       </c>
       <c r="B301" s="6">
         <v>545713</v>
       </c>
       <c r="C301" s="7" t="s">
         <v>609</v>
       </c>
       <c r="D301" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E301" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F301" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G301" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H301" s="9">
         <v>0</v>
       </c>
       <c r="I301" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="302" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A302" s="6">
         <v>4400031784</v>
       </c>
       <c r="B302" s="6">
         <v>545713</v>
       </c>
       <c r="C302" s="7" t="s">
         <v>609</v>
       </c>
       <c r="D302" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E302" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F302" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G302" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H302" s="9">
         <v>0</v>
       </c>
       <c r="I302" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="303" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A303" s="6">
         <v>4400031784</v>
       </c>
       <c r="B303" s="6">
         <v>545713</v>
       </c>
       <c r="C303" s="7" t="s">
         <v>609</v>
       </c>
       <c r="D303" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E303" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F303" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G303" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H303" s="9">
         <v>0</v>
       </c>
       <c r="I303" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="304" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A304" s="6">
         <v>4400031925</v>
       </c>
       <c r="B304" s="6">
         <v>124895</v>
       </c>
       <c r="C304" s="7" t="s">
         <v>621</v>
       </c>
       <c r="D304" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E304" s="7" t="s">
         <v>622</v>
       </c>
       <c r="F304" s="6" t="s">
         <v>623</v>
       </c>
       <c r="G304" s="15" t="s">
         <v>624</v>
       </c>
       <c r="H304" s="9">
         <v>0</v>
       </c>
       <c r="I304" s="29" t="s">
         <v>625</v>
       </c>
     </row>
-    <row r="305" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A305" s="6">
         <v>4400031955</v>
       </c>
       <c r="B305" s="6">
         <v>149875</v>
       </c>
       <c r="C305" s="7" t="s">
         <v>626</v>
       </c>
       <c r="D305" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E305" s="7" t="s">
         <v>627</v>
       </c>
       <c r="F305" s="6" t="s">
         <v>628</v>
       </c>
       <c r="G305" s="15" t="s">
         <v>629</v>
       </c>
       <c r="H305" s="9">
         <v>0</v>
       </c>
       <c r="I305" s="29" t="s">
         <v>630</v>
       </c>
       <c r="P305" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="306" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A306" s="6">
         <v>4400031926</v>
       </c>
       <c r="B306" s="6">
         <v>559685</v>
       </c>
       <c r="C306" s="7" t="s">
         <v>631</v>
       </c>
       <c r="D306" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E306" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F306" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G306" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H306" s="9">
         <v>0</v>
       </c>
       <c r="I306" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="307" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A307" s="6">
         <v>4400031926</v>
       </c>
       <c r="B307" s="6">
         <v>559685</v>
       </c>
       <c r="C307" s="7" t="s">
         <v>631</v>
       </c>
       <c r="D307" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E307" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F307" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G307" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H307" s="9">
         <v>0</v>
       </c>
       <c r="I307" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="308" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A308" s="6">
         <v>4400031926</v>
       </c>
       <c r="B308" s="6">
         <v>559685</v>
       </c>
       <c r="C308" s="7" t="s">
         <v>631</v>
       </c>
       <c r="D308" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E308" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F308" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G308" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H308" s="9">
         <v>0</v>
       </c>
       <c r="I308" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="309" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A309" s="6">
         <v>4400031926</v>
       </c>
       <c r="B309" s="6">
         <v>559685</v>
       </c>
       <c r="C309" s="7" t="s">
         <v>631</v>
       </c>
       <c r="D309" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E309" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F309" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G309" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H309" s="9">
         <v>0</v>
       </c>
       <c r="I309" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="310" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A310" s="6">
         <v>4400031926</v>
       </c>
       <c r="B310" s="6">
         <v>559685</v>
       </c>
       <c r="C310" s="7" t="s">
         <v>631</v>
       </c>
       <c r="D310" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E310" s="7" t="s">
         <v>610</v>
       </c>
       <c r="F310" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G310" s="15" t="s">
         <v>612</v>
       </c>
       <c r="H310" s="9">
         <v>0</v>
       </c>
       <c r="I310" s="29" t="s">
         <v>613</v>
       </c>
     </row>
-    <row r="311" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A311" s="6">
         <v>4400031745</v>
       </c>
       <c r="B311" s="6">
         <v>563813</v>
       </c>
       <c r="C311" s="7" t="s">
         <v>632</v>
       </c>
       <c r="D311" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E311" s="7" t="s">
         <v>633</v>
       </c>
       <c r="F311" s="6" t="s">
         <v>634</v>
       </c>
       <c r="G311" s="15" t="s">
         <v>635</v>
       </c>
       <c r="H311" s="9">
         <v>0</v>
       </c>
       <c r="I311" s="29" t="s">
         <v>636</v>
       </c>
     </row>
-    <row r="312" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A312" s="6">
         <v>4400032045</v>
       </c>
       <c r="B312" s="6">
         <v>166278</v>
       </c>
       <c r="C312" s="7" t="s">
         <v>640</v>
       </c>
       <c r="D312" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E312" s="7" t="s">
         <v>641</v>
       </c>
       <c r="F312" s="6" t="s">
         <v>644</v>
       </c>
       <c r="G312" s="15" t="s">
         <v>645</v>
       </c>
       <c r="H312" s="9">
         <v>0</v>
       </c>
       <c r="I312" s="29" t="s">
         <v>646</v>
       </c>
     </row>
-    <row r="313" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A313" s="6">
         <v>4400032046</v>
       </c>
       <c r="B313" s="6">
         <v>545875</v>
       </c>
       <c r="C313" s="7" t="s">
         <v>642</v>
       </c>
       <c r="D313" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E313" s="7" t="s">
         <v>643</v>
       </c>
       <c r="F313" s="6" t="s">
         <v>647</v>
       </c>
       <c r="G313" s="15" t="s">
         <v>648</v>
       </c>
       <c r="H313" s="9">
         <v>0</v>
       </c>
       <c r="I313" s="29" t="s">
         <v>649</v>
       </c>
     </row>
-    <row r="314" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A314" s="6">
         <v>4400032058</v>
       </c>
       <c r="B314" s="6">
         <v>128550</v>
       </c>
       <c r="C314" s="7" t="s">
         <v>651</v>
       </c>
       <c r="D314" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E314" s="7" t="s">
         <v>652</v>
       </c>
       <c r="F314" s="6" t="s">
         <v>650</v>
       </c>
       <c r="G314" s="15" t="s">
         <v>653</v>
       </c>
       <c r="H314" s="9">
         <v>0</v>
       </c>
       <c r="I314" s="29" t="s">
         <v>654</v>
       </c>
     </row>
-    <row r="315" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A315" s="6">
         <v>4400032058</v>
       </c>
       <c r="B315" s="6">
         <v>128550</v>
       </c>
       <c r="C315" s="7" t="s">
         <v>651</v>
       </c>
       <c r="D315" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E315" s="7" t="s">
         <v>652</v>
       </c>
       <c r="F315" s="6" t="s">
         <v>650</v>
       </c>
       <c r="G315" s="15" t="s">
         <v>653</v>
       </c>
       <c r="H315" s="9">
         <v>0</v>
       </c>
       <c r="I315" s="29" t="s">
         <v>654</v>
       </c>
       <c r="O315" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="316" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A316" s="6">
         <v>4400032058</v>
       </c>
       <c r="B316" s="6">
         <v>128550</v>
       </c>
       <c r="C316" s="7" t="s">
         <v>651</v>
       </c>
       <c r="D316" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E316" s="7" t="s">
         <v>652</v>
       </c>
       <c r="F316" s="6" t="s">
         <v>650</v>
       </c>
       <c r="G316" s="15" t="s">
         <v>653</v>
       </c>
       <c r="H316" s="9">
         <v>0</v>
       </c>
       <c r="I316" s="29" t="s">
         <v>654</v>
       </c>
     </row>
-    <row r="317" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A317" s="70">
         <v>4400032024</v>
       </c>
       <c r="B317" s="68">
         <v>536188</v>
       </c>
       <c r="C317" s="76" t="s">
         <v>655</v>
       </c>
       <c r="D317" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E317" s="7" t="s">
         <v>656</v>
       </c>
       <c r="F317" s="6" t="s">
         <v>657</v>
       </c>
       <c r="G317" s="15" t="s">
         <v>659</v>
       </c>
       <c r="H317" s="9">
         <v>0</v>
       </c>
       <c r="I317" s="69" t="s">
         <v>661</v>
       </c>
     </row>
-    <row r="318" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A318" s="70">
         <v>4400032024</v>
       </c>
       <c r="B318" s="68">
         <v>536188</v>
       </c>
       <c r="C318" s="76" t="s">
         <v>655</v>
       </c>
       <c r="D318" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E318" s="7" t="s">
         <v>656</v>
       </c>
       <c r="F318" s="6" t="s">
         <v>657</v>
       </c>
       <c r="G318" s="15" t="s">
         <v>659</v>
       </c>
       <c r="H318" s="9">
         <v>0</v>
       </c>
       <c r="I318" s="69" t="s">
         <v>661</v>
       </c>
     </row>
-    <row r="319" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A319" s="70">
         <v>4400032107</v>
       </c>
       <c r="B319" s="68">
         <v>552516</v>
       </c>
       <c r="C319" s="77" t="s">
         <v>684</v>
       </c>
       <c r="D319" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E319" s="7" t="s">
         <v>663</v>
       </c>
       <c r="F319" s="6" t="s">
         <v>658</v>
       </c>
       <c r="G319" s="15" t="s">
         <v>660</v>
       </c>
       <c r="H319" s="9">
         <v>0</v>
       </c>
       <c r="I319" s="69" t="s">
         <v>662</v>
       </c>
     </row>
-    <row r="320" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A320" s="6">
         <v>4400032176</v>
       </c>
       <c r="B320" s="6">
         <v>564844</v>
       </c>
       <c r="C320" s="7" t="s">
         <v>664</v>
       </c>
       <c r="D320" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E320" s="7" t="s">
         <v>665</v>
       </c>
       <c r="F320" s="6" t="s">
         <v>666</v>
       </c>
       <c r="G320" s="15" t="s">
         <v>667</v>
       </c>
       <c r="H320" s="9">
         <v>0</v>
       </c>
       <c r="I320" s="29" t="s">
         <v>668</v>
       </c>
     </row>
-    <row r="321" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A321" s="6">
         <v>4400032237</v>
       </c>
       <c r="B321" s="6">
         <v>537785</v>
       </c>
       <c r="C321" s="7" t="s">
         <v>669</v>
       </c>
       <c r="D321" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E321" s="7" t="s">
         <v>670</v>
       </c>
       <c r="F321" s="6" t="s">
         <v>671</v>
       </c>
       <c r="G321" s="15" t="s">
         <v>672</v>
       </c>
       <c r="H321" s="9">
         <v>0</v>
       </c>
       <c r="I321" s="29" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="322" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A322" s="6">
         <v>4400032237</v>
       </c>
       <c r="B322" s="6">
         <v>537785</v>
       </c>
       <c r="C322" s="7" t="s">
         <v>669</v>
       </c>
       <c r="D322" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E322" s="7" t="s">
         <v>670</v>
       </c>
       <c r="F322" s="6" t="s">
         <v>671</v>
       </c>
       <c r="G322" s="15" t="s">
         <v>672</v>
       </c>
       <c r="H322" s="9">
         <v>0</v>
       </c>
       <c r="I322" s="29" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="323" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A323" s="6">
         <v>4400032237</v>
       </c>
       <c r="B323" s="6">
         <v>537785</v>
       </c>
       <c r="C323" s="7" t="s">
         <v>669</v>
       </c>
       <c r="D323" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E323" s="7" t="s">
         <v>670</v>
       </c>
       <c r="F323" s="6" t="s">
         <v>671</v>
       </c>
       <c r="G323" s="15" t="s">
         <v>672</v>
       </c>
       <c r="H323" s="9">
         <v>0</v>
       </c>
       <c r="I323" s="29" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="324" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A324" s="6">
         <v>4400032236</v>
       </c>
       <c r="B324" s="6">
         <v>555416</v>
       </c>
       <c r="C324" s="7" t="s">
         <v>674</v>
       </c>
       <c r="D324" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E324" s="7" t="s">
         <v>675</v>
       </c>
       <c r="F324" s="6" t="s">
         <v>676</v>
       </c>
       <c r="G324" s="15" t="s">
         <v>677</v>
       </c>
       <c r="H324" s="9">
         <v>0</v>
       </c>
       <c r="I324" s="29" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="325" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A325" s="6">
         <v>4400032236</v>
       </c>
       <c r="B325" s="6">
         <v>555416</v>
       </c>
       <c r="C325" s="7" t="s">
         <v>674</v>
       </c>
       <c r="D325" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E325" s="7" t="s">
         <v>675</v>
       </c>
       <c r="F325" s="6" t="s">
         <v>676</v>
       </c>
       <c r="G325" s="15" t="s">
         <v>677</v>
       </c>
       <c r="H325" s="9">
         <v>0</v>
       </c>
       <c r="I325" s="29" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="326" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A326" s="6">
         <v>4400032236</v>
       </c>
       <c r="B326" s="6">
         <v>555416</v>
       </c>
       <c r="C326" s="7" t="s">
         <v>674</v>
       </c>
       <c r="D326" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E326" s="7" t="s">
         <v>675</v>
       </c>
       <c r="F326" s="6" t="s">
         <v>676</v>
       </c>
       <c r="G326" s="15" t="s">
         <v>677</v>
       </c>
       <c r="H326" s="9">
         <v>0</v>
       </c>
       <c r="I326" s="29" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="327" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A327" s="6">
         <v>4400032238</v>
       </c>
       <c r="B327" s="6">
         <v>204146</v>
       </c>
       <c r="C327" s="7" t="s">
         <v>679</v>
       </c>
       <c r="D327" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E327" s="7" t="s">
         <v>680</v>
       </c>
       <c r="F327" s="6" t="s">
         <v>681</v>
       </c>
       <c r="G327" s="15" t="s">
         <v>682</v>
       </c>
       <c r="H327" s="9">
         <v>0</v>
       </c>
       <c r="I327" s="29" t="s">
         <v>683</v>
       </c>
     </row>
-    <row r="328" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A328" s="78">
         <v>4400032563</v>
       </c>
       <c r="B328" s="6">
         <v>155256</v>
       </c>
       <c r="C328" s="79" t="s">
         <v>685</v>
       </c>
       <c r="D328" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E328" s="7" t="s">
         <v>689</v>
       </c>
       <c r="F328" s="6" t="s">
         <v>693</v>
       </c>
       <c r="G328" s="15" t="s">
         <v>694</v>
       </c>
       <c r="H328" s="9">
         <v>0</v>
       </c>
       <c r="I328" s="29" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="329" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A329" s="78">
         <v>4400032650</v>
       </c>
       <c r="B329" s="6">
         <v>192476</v>
       </c>
       <c r="C329" s="79" t="s">
         <v>686</v>
       </c>
       <c r="D329" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E329" s="7" t="s">
         <v>690</v>
       </c>
       <c r="F329" s="6" t="s">
         <v>696</v>
       </c>
       <c r="G329" s="15" t="s">
         <v>697</v>
       </c>
       <c r="H329" s="9">
         <v>0</v>
       </c>
       <c r="I329" s="29" t="s">
         <v>698</v>
       </c>
     </row>
-    <row r="330" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A330" s="78">
         <v>4400032650</v>
       </c>
       <c r="B330" s="6">
         <v>192476</v>
       </c>
       <c r="C330" s="79" t="s">
         <v>686</v>
       </c>
       <c r="D330" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E330" s="7" t="s">
         <v>690</v>
       </c>
       <c r="F330" s="6" t="s">
         <v>696</v>
       </c>
       <c r="G330" s="15" t="s">
         <v>697</v>
       </c>
       <c r="H330" s="9">
         <v>0</v>
       </c>
       <c r="I330" s="29" t="s">
         <v>698</v>
       </c>
     </row>
-    <row r="331" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A331" s="78">
         <v>4400032554</v>
       </c>
       <c r="B331" s="6">
         <v>157261</v>
       </c>
       <c r="C331" s="79" t="s">
         <v>687</v>
       </c>
       <c r="D331" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E331" s="7" t="s">
         <v>691</v>
       </c>
       <c r="F331" s="6" t="s">
         <v>702</v>
       </c>
       <c r="G331" s="15" t="s">
         <v>703</v>
       </c>
       <c r="H331" s="9">
         <v>0</v>
       </c>
       <c r="I331" s="29" t="s">
         <v>704</v>
       </c>
     </row>
-    <row r="332" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A332" s="6">
         <v>4400032625</v>
       </c>
       <c r="B332" s="6">
         <v>146362</v>
       </c>
       <c r="C332" s="79" t="s">
         <v>688</v>
       </c>
       <c r="D332" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E332" s="7" t="s">
         <v>692</v>
       </c>
       <c r="F332" s="6" t="s">
         <v>699</v>
       </c>
       <c r="G332" s="15" t="s">
         <v>700</v>
       </c>
       <c r="H332" s="9">
         <v>0</v>
       </c>
       <c r="I332" s="29" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="333" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A333" s="6">
         <v>4400032625</v>
       </c>
       <c r="B333" s="6">
         <v>146362</v>
       </c>
       <c r="C333" s="79" t="s">
         <v>688</v>
       </c>
       <c r="D333" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E333" s="7" t="s">
         <v>692</v>
       </c>
       <c r="F333" s="6" t="s">
         <v>699</v>
       </c>
       <c r="G333" s="15" t="s">
         <v>700</v>
       </c>
       <c r="H333" s="9">
         <v>0</v>
       </c>
       <c r="I333" s="29" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="334" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A334" s="6">
         <v>4400032625</v>
       </c>
       <c r="B334" s="6">
         <v>146362</v>
       </c>
       <c r="C334" s="79" t="s">
         <v>688</v>
       </c>
       <c r="D334" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E334" s="7" t="s">
         <v>692</v>
       </c>
       <c r="F334" s="6" t="s">
         <v>699</v>
       </c>
       <c r="G334" s="15" t="s">
         <v>700</v>
       </c>
       <c r="H334" s="9">
         <v>0</v>
       </c>
       <c r="I334" s="29" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="335" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A335" s="6">
         <v>4400032625</v>
       </c>
       <c r="B335" s="6">
         <v>146362</v>
       </c>
       <c r="C335" s="79" t="s">
         <v>688</v>
       </c>
       <c r="D335" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E335" s="7" t="s">
         <v>692</v>
       </c>
       <c r="F335" s="6" t="s">
         <v>699</v>
       </c>
       <c r="G335" s="15" t="s">
         <v>700</v>
       </c>
       <c r="H335" s="9">
         <v>0</v>
       </c>
       <c r="I335" s="29" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="336" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A336" s="6">
         <v>4400032625</v>
       </c>
       <c r="B336" s="6">
         <v>146362</v>
       </c>
       <c r="C336" s="79" t="s">
         <v>688</v>
       </c>
       <c r="D336" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E336" s="7" t="s">
         <v>692</v>
       </c>
       <c r="F336" s="6" t="s">
         <v>699</v>
       </c>
       <c r="G336" s="15" t="s">
         <v>700</v>
       </c>
       <c r="H336" s="9">
         <v>0</v>
       </c>
       <c r="I336" s="29" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="337" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A337" s="6">
         <v>4400032564</v>
       </c>
       <c r="B337" s="6">
         <v>547894</v>
       </c>
       <c r="C337" s="79" t="s">
         <v>705</v>
       </c>
       <c r="D337" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E337" s="7" t="s">
         <v>706</v>
       </c>
       <c r="F337" s="6" t="s">
         <v>707</v>
       </c>
       <c r="G337" s="15" t="s">
         <v>708</v>
       </c>
       <c r="H337" s="9">
         <v>0</v>
       </c>
       <c r="I337" s="29" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="338" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A338" s="6">
         <v>4400032564</v>
       </c>
       <c r="B338" s="6">
         <v>547894</v>
       </c>
       <c r="C338" s="79" t="s">
         <v>705</v>
       </c>
       <c r="D338" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E338" s="7" t="s">
         <v>706</v>
       </c>
       <c r="F338" s="6" t="s">
         <v>707</v>
       </c>
       <c r="G338" s="15" t="s">
         <v>708</v>
       </c>
       <c r="H338" s="9">
         <v>0</v>
       </c>
       <c r="I338" s="29" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="339" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A339" s="6">
         <v>4400032564</v>
       </c>
       <c r="B339" s="6">
         <v>547894</v>
       </c>
       <c r="C339" s="79" t="s">
         <v>705</v>
       </c>
       <c r="D339" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E339" s="7" t="s">
         <v>706</v>
       </c>
       <c r="F339" s="6" t="s">
         <v>707</v>
       </c>
       <c r="G339" s="15" t="s">
         <v>708</v>
       </c>
       <c r="H339" s="9">
         <v>0</v>
       </c>
       <c r="I339" s="29" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="340" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A340" s="6">
         <v>4400032648</v>
       </c>
       <c r="B340" s="6">
         <v>565302</v>
       </c>
       <c r="C340" s="80" t="s">
         <v>710</v>
       </c>
       <c r="D340" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E340" s="7" t="s">
         <v>711</v>
       </c>
       <c r="F340" s="6" t="s">
         <v>712</v>
       </c>
       <c r="G340" s="15" t="s">
         <v>713</v>
       </c>
       <c r="H340" s="9">
         <v>0</v>
       </c>
       <c r="I340" s="29" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="341" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A341" s="6">
         <v>4400032648</v>
       </c>
       <c r="B341" s="6">
         <v>565302</v>
       </c>
       <c r="C341" s="80" t="s">
         <v>710</v>
       </c>
       <c r="D341" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E341" s="7" t="s">
         <v>711</v>
       </c>
       <c r="F341" s="6" t="s">
         <v>712</v>
       </c>
       <c r="G341" s="15" t="s">
         <v>713</v>
       </c>
       <c r="H341" s="9">
         <v>0</v>
       </c>
       <c r="I341" s="29" t="s">
         <v>714</v>
       </c>
       <c r="O341" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="342" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A342" s="6">
         <v>4400032648</v>
       </c>
       <c r="B342" s="6">
         <v>565302</v>
       </c>
       <c r="C342" s="80" t="s">
         <v>710</v>
       </c>
       <c r="D342" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E342" s="7" t="s">
         <v>711</v>
       </c>
       <c r="F342" s="6" t="s">
         <v>712</v>
       </c>
       <c r="G342" s="15" t="s">
         <v>713</v>
       </c>
       <c r="H342" s="9">
         <v>0</v>
       </c>
       <c r="I342" s="29" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="343" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A343" s="6">
         <v>4400032648</v>
       </c>
       <c r="B343" s="6">
         <v>565302</v>
       </c>
       <c r="C343" s="80" t="s">
         <v>710</v>
       </c>
       <c r="D343" s="8" t="s">
         <v>44</v>
       </c>
       <c r="E343" s="7" t="s">
         <v>711</v>
       </c>
       <c r="F343" s="6" t="s">
         <v>712</v>
       </c>
       <c r="G343" s="15" t="s">
         <v>713</v>
       </c>
       <c r="H343" s="9">
         <v>0</v>
       </c>
       <c r="I343" s="29" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="344" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A344" s="6">
         <v>4400032648</v>
       </c>
       <c r="B344" s="6">
         <v>565302</v>
       </c>
       <c r="C344" s="80" t="s">
         <v>710</v>
       </c>
       <c r="D344" s="8" t="s">
         <v>447</v>
       </c>
       <c r="E344" s="7" t="s">
         <v>711</v>
       </c>
       <c r="F344" s="6" t="s">
         <v>712</v>
       </c>
       <c r="G344" s="15" t="s">
         <v>713</v>
       </c>
       <c r="H344" s="9">
         <v>0</v>
       </c>
       <c r="I344" s="29" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="345" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A345" s="6">
         <v>4400032648</v>
       </c>
       <c r="B345" s="6">
         <v>565302</v>
       </c>
       <c r="C345" s="80" t="s">
         <v>710</v>
       </c>
       <c r="D345" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E345" s="7" t="s">
         <v>711</v>
       </c>
       <c r="F345" s="6" t="s">
         <v>712</v>
       </c>
       <c r="G345" s="15" t="s">
         <v>713</v>
       </c>
       <c r="H345" s="9">
         <v>0</v>
       </c>
       <c r="I345" s="29" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="346" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A346" s="6">
         <v>4400032648</v>
       </c>
       <c r="B346" s="6">
         <v>565302</v>
       </c>
       <c r="C346" s="80" t="s">
         <v>710</v>
       </c>
       <c r="D346" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E346" s="7" t="s">
         <v>711</v>
       </c>
       <c r="F346" s="6" t="s">
         <v>712</v>
       </c>
       <c r="G346" s="15" t="s">
         <v>713</v>
       </c>
       <c r="H346" s="9">
         <v>0</v>
       </c>
       <c r="I346" s="29" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="347" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A347" s="6">
         <v>4400032648</v>
       </c>
       <c r="B347" s="6">
         <v>565302</v>
       </c>
       <c r="C347" s="80" t="s">
         <v>710</v>
       </c>
       <c r="D347" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E347" s="7" t="s">
         <v>711</v>
       </c>
       <c r="F347" s="6" t="s">
         <v>712</v>
       </c>
       <c r="G347" s="15" t="s">
         <v>713</v>
       </c>
       <c r="H347" s="9">
         <v>0</v>
       </c>
       <c r="I347" s="29" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="348" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A348" s="6">
         <v>4400032750</v>
       </c>
       <c r="B348" s="6">
         <v>117888</v>
       </c>
       <c r="C348" s="80" t="s">
         <v>715</v>
       </c>
       <c r="D348" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E348" s="7" t="s">
         <v>716</v>
       </c>
       <c r="F348" s="6" t="s">
         <v>717</v>
       </c>
       <c r="G348" s="15" t="s">
         <v>718</v>
       </c>
       <c r="H348" s="9">
         <v>0</v>
       </c>
       <c r="I348" s="29" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="349" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A349" s="6">
         <v>4400032750</v>
       </c>
       <c r="B349" s="6">
         <v>117888</v>
       </c>
       <c r="C349" s="80" t="s">
         <v>715</v>
       </c>
       <c r="D349" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E349" s="7" t="s">
         <v>716</v>
       </c>
       <c r="F349" s="6" t="s">
         <v>717</v>
       </c>
       <c r="G349" s="15" t="s">
         <v>718</v>
       </c>
       <c r="H349" s="9">
         <v>0</v>
       </c>
       <c r="I349" s="29" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="350" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A350" s="6">
         <v>4400032750</v>
       </c>
       <c r="B350" s="6">
         <v>117888</v>
       </c>
       <c r="C350" s="80" t="s">
         <v>715</v>
       </c>
       <c r="D350" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E350" s="7" t="s">
         <v>716</v>
       </c>
       <c r="F350" s="6" t="s">
         <v>717</v>
       </c>
       <c r="G350" s="15" t="s">
         <v>718</v>
       </c>
       <c r="H350" s="9">
         <v>0</v>
       </c>
       <c r="I350" s="29" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="351" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A351" s="6">
         <v>4400032750</v>
       </c>
       <c r="B351" s="6">
         <v>117888</v>
       </c>
       <c r="C351" s="80" t="s">
         <v>715</v>
       </c>
       <c r="D351" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E351" s="7" t="s">
         <v>716</v>
       </c>
       <c r="F351" s="6" t="s">
         <v>717</v>
       </c>
       <c r="G351" s="15" t="s">
         <v>718</v>
       </c>
       <c r="H351" s="9">
         <v>0</v>
       </c>
       <c r="I351" s="29" t="s">
         <v>719</v>
       </c>
       <c r="N351" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="352" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A352" s="6">
         <v>4400033155</v>
       </c>
       <c r="B352" s="6">
         <v>422080</v>
       </c>
       <c r="C352" s="80" t="s">
         <v>720</v>
       </c>
       <c r="D352" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E352" s="7" t="s">
         <v>721</v>
       </c>
       <c r="F352" s="6" t="s">
         <v>722</v>
       </c>
       <c r="G352" s="15" t="s">
         <v>723</v>
       </c>
       <c r="H352" s="9">
         <v>0</v>
       </c>
       <c r="I352" s="29" t="s">
         <v>724</v>
       </c>
     </row>
-    <row r="353" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A353" s="6">
         <v>4400033155</v>
       </c>
       <c r="B353" s="6">
         <v>422080</v>
       </c>
       <c r="C353" s="80" t="s">
         <v>720</v>
       </c>
       <c r="D353" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E353" s="7" t="s">
         <v>721</v>
       </c>
       <c r="F353" s="6" t="s">
         <v>722</v>
       </c>
       <c r="G353" s="15" t="s">
         <v>723</v>
       </c>
       <c r="H353" s="9">
         <v>0</v>
       </c>
       <c r="I353" s="29" t="s">
         <v>724</v>
       </c>
       <c r="N353" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="354" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A354" s="6">
         <v>4400033155</v>
       </c>
       <c r="B354" s="6">
         <v>422080</v>
       </c>
       <c r="C354" s="80" t="s">
         <v>720</v>
       </c>
       <c r="D354" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E354" s="7" t="s">
         <v>721</v>
       </c>
       <c r="F354" s="6" t="s">
         <v>722</v>
       </c>
       <c r="G354" s="15" t="s">
         <v>723</v>
       </c>
       <c r="H354" s="9">
         <v>0</v>
       </c>
       <c r="I354" s="29" t="s">
         <v>724</v>
       </c>
     </row>
-    <row r="355" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A355" s="6">
         <v>4400032906</v>
       </c>
       <c r="B355" s="6">
         <v>117290</v>
       </c>
       <c r="C355" s="80" t="s">
         <v>725</v>
       </c>
       <c r="D355" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E355" s="7" t="s">
         <v>726</v>
       </c>
       <c r="F355" s="6" t="s">
         <v>727</v>
       </c>
       <c r="G355" s="15" t="s">
         <v>728</v>
       </c>
       <c r="H355" s="9">
         <v>0</v>
       </c>
       <c r="I355" s="29" t="s">
         <v>729</v>
       </c>
       <c r="N355" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="356" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A356" s="6">
         <v>4400032907</v>
       </c>
       <c r="B356" s="6">
         <v>143028</v>
       </c>
       <c r="C356" s="80" t="s">
         <v>730</v>
       </c>
       <c r="D356" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E356" s="7" t="s">
         <v>731</v>
       </c>
       <c r="F356" s="6" t="s">
         <v>732</v>
       </c>
       <c r="G356" s="15" t="s">
         <v>733</v>
       </c>
       <c r="H356" s="9">
         <v>0</v>
       </c>
       <c r="I356" s="29" t="s">
         <v>734</v>
       </c>
       <c r="N356" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="357" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A357" s="6">
         <v>4400032907</v>
       </c>
       <c r="B357" s="6">
         <v>143028</v>
       </c>
       <c r="C357" s="80" t="s">
         <v>730</v>
       </c>
       <c r="D357" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E357" s="7" t="s">
         <v>731</v>
       </c>
       <c r="F357" s="6" t="s">
         <v>732</v>
       </c>
       <c r="G357" s="15" t="s">
         <v>733</v>
       </c>
       <c r="H357" s="9">
         <v>0</v>
       </c>
       <c r="I357" s="29" t="s">
         <v>734</v>
       </c>
       <c r="N357" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="358" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A358" s="6">
         <v>4400032908</v>
       </c>
       <c r="B358" s="6">
         <v>130074</v>
       </c>
       <c r="C358" s="80" t="s">
         <v>735</v>
       </c>
       <c r="D358" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E358" s="7" t="s">
         <v>736</v>
       </c>
       <c r="F358" s="6" t="s">
         <v>737</v>
       </c>
       <c r="G358" s="15" t="s">
         <v>738</v>
       </c>
       <c r="H358" s="9">
         <v>0</v>
       </c>
       <c r="I358" s="29" t="s">
         <v>739</v>
       </c>
       <c r="N358" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="359" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A359" s="6">
         <v>4400032909</v>
       </c>
       <c r="B359" s="6">
         <v>544596</v>
       </c>
       <c r="C359" s="80" t="s">
         <v>740</v>
       </c>
       <c r="D359" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E359" s="7" t="s">
         <v>741</v>
       </c>
       <c r="F359" s="6" t="s">
         <v>742</v>
       </c>
       <c r="G359" s="15" t="s">
         <v>743</v>
       </c>
       <c r="H359" s="9">
         <v>0</v>
       </c>
       <c r="I359" s="29" t="s">
         <v>744</v>
       </c>
       <c r="N359" s="74" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="360" spans="1:14" x14ac:dyDescent="0.25"/>
-[...163 lines deleted...]
-      <c r="J523" s="73" t="s">
+    <row r="360" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A360" s="6">
+        <v>4400032626</v>
+      </c>
+      <c r="B360" s="6">
+        <v>565033</v>
+      </c>
+      <c r="C360" s="80" t="s">
+        <v>745</v>
+      </c>
+      <c r="D360" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E360" s="7" t="s">
+        <v>748</v>
+      </c>
+      <c r="F360" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="G360" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="H360" s="9">
+        <v>0</v>
+      </c>
+      <c r="I360" s="29" t="s">
+        <v>751</v>
+      </c>
+      <c r="N360" s="74" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="361" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A361" s="6">
+        <v>4400032626</v>
+      </c>
+      <c r="B361" s="6">
+        <v>565033</v>
+      </c>
+      <c r="C361" s="80" t="s">
+        <v>745</v>
+      </c>
+      <c r="D361" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E361" s="7" t="s">
+        <v>748</v>
+      </c>
+      <c r="F361" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="G361" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="H361" s="9">
+        <v>0</v>
+      </c>
+      <c r="I361" s="29" t="s">
+        <v>751</v>
+      </c>
+      <c r="N361" s="74" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="362" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A362" s="6">
+        <v>4400032626</v>
+      </c>
+      <c r="B362" s="6">
+        <v>565033</v>
+      </c>
+      <c r="C362" s="80" t="s">
+        <v>745</v>
+      </c>
+      <c r="D362" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E362" s="7" t="s">
+        <v>748</v>
+      </c>
+      <c r="F362" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="G362" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="H362" s="9">
+        <v>0</v>
+      </c>
+      <c r="I362" s="29" t="s">
+        <v>751</v>
+      </c>
+      <c r="N362" s="74" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="363" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A363" s="6">
+        <v>4400032626</v>
+      </c>
+      <c r="B363" s="6">
+        <v>565033</v>
+      </c>
+      <c r="C363" s="80" t="s">
+        <v>745</v>
+      </c>
+      <c r="D363" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E363" s="7" t="s">
+        <v>748</v>
+      </c>
+      <c r="F363" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="G363" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="H363" s="9">
+        <v>0</v>
+      </c>
+      <c r="I363" s="29" t="s">
+        <v>751</v>
+      </c>
+      <c r="N363" s="74" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="364" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A364" s="6">
+        <v>4400033398</v>
+      </c>
+      <c r="B364" s="6">
+        <v>566558</v>
+      </c>
+      <c r="C364" s="80" t="s">
+        <v>746</v>
+      </c>
+      <c r="D364" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E364" s="7" t="s">
+        <v>752</v>
+      </c>
+      <c r="F364" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="G364" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="H364" s="9">
+        <v>0</v>
+      </c>
+      <c r="I364" s="29" t="s">
+        <v>755</v>
+      </c>
+      <c r="N364" s="74" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="365" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A365" s="93">
+        <v>4400033397</v>
+      </c>
+      <c r="B365" s="93">
+        <v>472645</v>
+      </c>
+      <c r="C365" s="94" t="s">
+        <v>747</v>
+      </c>
+      <c r="D365" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E365" s="7" t="s">
+        <v>756</v>
+      </c>
+      <c r="F365" s="6" t="s">
+        <v>757</v>
+      </c>
+      <c r="G365" s="15" t="s">
+        <v>758</v>
+      </c>
+      <c r="H365" s="9">
+        <v>0</v>
+      </c>
+      <c r="I365" s="29" t="s">
+        <v>759</v>
+      </c>
+      <c r="N365" s="74" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="366" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A366" s="95">
+        <v>4400033325</v>
+      </c>
+      <c r="B366" s="95">
+        <v>301311</v>
+      </c>
+      <c r="C366" s="80" t="s">
+        <v>760</v>
+      </c>
+      <c r="D366" s="92" t="s">
         <v>50</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="J524" s="73" t="s">
+      <c r="E366" s="7" t="s">
+        <v>773</v>
+      </c>
+      <c r="F366" s="6" t="s">
+        <v>774</v>
+      </c>
+      <c r="G366" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="H366" s="9">
+        <v>0</v>
+      </c>
+      <c r="I366" s="29" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="367" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A367" s="95">
+        <v>4400033615</v>
+      </c>
+      <c r="B367" s="95">
+        <v>566617</v>
+      </c>
+      <c r="C367" s="80" t="s">
+        <v>761</v>
+      </c>
+      <c r="D367" s="92" t="s">
+        <v>61</v>
+      </c>
+      <c r="E367" s="7" t="s">
+        <v>769</v>
+      </c>
+      <c r="F367" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="G367" s="15" t="s">
+        <v>771</v>
+      </c>
+      <c r="H367" s="9">
+        <v>0</v>
+      </c>
+      <c r="I367" s="29" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="368" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A368" s="95">
+        <v>4400033616</v>
+      </c>
+      <c r="B368" s="95">
+        <v>566841</v>
+      </c>
+      <c r="C368" s="80" t="s">
+        <v>762</v>
+      </c>
+      <c r="D368" s="92" t="s">
+        <v>41</v>
+      </c>
+      <c r="E368" s="7" t="s">
+        <v>765</v>
+      </c>
+      <c r="F368" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="G368" s="15" t="s">
+        <v>767</v>
+      </c>
+      <c r="H368" s="9">
+        <v>0</v>
+      </c>
+      <c r="I368" s="29" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A369" s="95">
+        <v>4400033616</v>
+      </c>
+      <c r="B369" s="95">
+        <v>566841</v>
+      </c>
+      <c r="C369" s="80" t="s">
+        <v>762</v>
+      </c>
+      <c r="D369" s="92" t="s">
+        <v>82</v>
+      </c>
+      <c r="E369" s="7" t="s">
+        <v>765</v>
+      </c>
+      <c r="F369" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="G369" s="15" t="s">
+        <v>767</v>
+      </c>
+      <c r="H369" s="9">
+        <v>0</v>
+      </c>
+      <c r="I369" s="29" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A370" s="95">
+        <v>4400033670</v>
+      </c>
+      <c r="B370" s="95">
+        <v>175076</v>
+      </c>
+      <c r="C370" s="80" t="s">
+        <v>763</v>
+      </c>
+      <c r="D370" s="92" t="s">
+        <v>82</v>
+      </c>
+      <c r="E370" s="7" t="s">
+        <v>777</v>
+      </c>
+      <c r="F370" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="G370" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="H370" s="9">
+        <v>0</v>
+      </c>
+      <c r="I370" s="29" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A371" s="95">
+        <v>4400033673</v>
+      </c>
+      <c r="B371" s="95">
+        <v>534466</v>
+      </c>
+      <c r="C371" s="80" t="s">
+        <v>764</v>
+      </c>
+      <c r="D371" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="E371" s="7" t="s">
+        <v>781</v>
+      </c>
+      <c r="F371" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="G371" s="15" t="s">
+        <v>783</v>
+      </c>
+      <c r="H371" s="9">
+        <v>0</v>
+      </c>
+      <c r="I371" s="29" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A372" s="95">
+        <v>4400033669</v>
+      </c>
+      <c r="B372" s="95">
+        <v>562881</v>
+      </c>
+      <c r="C372" s="80" t="s">
+        <v>785</v>
+      </c>
+      <c r="D372" s="92" t="s">
+        <v>50</v>
+      </c>
+      <c r="E372" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F372" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="G372" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="H372" s="9">
+        <v>0</v>
+      </c>
+      <c r="I372" s="29" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A373" s="95">
+        <v>4400033669</v>
+      </c>
+      <c r="B373" s="95">
+        <v>562881</v>
+      </c>
+      <c r="C373" s="80" t="s">
+        <v>785</v>
+      </c>
+      <c r="D373" s="8" t="s">
         <v>52</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="J525" s="73" t="s">
+      <c r="E373" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F373" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="G373" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="H373" s="9">
+        <v>0</v>
+      </c>
+      <c r="I373" s="29" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A374" s="95">
+        <v>4400033669</v>
+      </c>
+      <c r="B374" s="95">
+        <v>562881</v>
+      </c>
+      <c r="C374" s="80" t="s">
+        <v>785</v>
+      </c>
+      <c r="D374" s="8" t="s">
         <v>67</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="J526" s="73" t="s">
+      <c r="E374" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F374" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="G374" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="H374" s="9">
+        <v>0</v>
+      </c>
+      <c r="I374" s="29" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A375" s="95">
+        <v>4400033669</v>
+      </c>
+      <c r="B375" s="95">
+        <v>562881</v>
+      </c>
+      <c r="C375" s="80" t="s">
+        <v>785</v>
+      </c>
+      <c r="D375" s="8" t="s">
         <v>44</v>
       </c>
-    </row>
-    <row r="527" spans="10:10" x14ac:dyDescent="0.25">
+      <c r="E375" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F375" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="G375" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="H375" s="9">
+        <v>0</v>
+      </c>
+      <c r="I375" s="29" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A376" s="95">
+        <v>4400033669</v>
+      </c>
+      <c r="B376" s="95">
+        <v>562881</v>
+      </c>
+      <c r="C376" s="80" t="s">
+        <v>785</v>
+      </c>
+      <c r="D376" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E376" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F376" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="G376" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="H376" s="9">
+        <v>0</v>
+      </c>
+      <c r="I376" s="29" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A377" s="95">
+        <v>4400033669</v>
+      </c>
+      <c r="B377" s="95">
+        <v>562881</v>
+      </c>
+      <c r="C377" s="80" t="s">
+        <v>785</v>
+      </c>
+      <c r="D377" s="8" t="s">
+        <v>447</v>
+      </c>
+      <c r="E377" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F377" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="G377" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="H377" s="9">
+        <v>0</v>
+      </c>
+      <c r="I377" s="29" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A378" s="95">
+        <v>4400033669</v>
+      </c>
+      <c r="B378" s="95">
+        <v>562881</v>
+      </c>
+      <c r="C378" s="80" t="s">
+        <v>785</v>
+      </c>
+      <c r="D378" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E378" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F378" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="G378" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="H378" s="9">
+        <v>0</v>
+      </c>
+      <c r="I378" s="29" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A379" s="95">
+        <v>4400033669</v>
+      </c>
+      <c r="B379" s="95">
+        <v>562881</v>
+      </c>
+      <c r="C379" s="80" t="s">
+        <v>785</v>
+      </c>
+      <c r="D379" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E379" s="7" t="s">
+        <v>786</v>
+      </c>
+      <c r="F379" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="G379" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="H379" s="9">
+        <v>0</v>
+      </c>
+      <c r="I379" s="29" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A380" s="6">
+        <v>4400033778</v>
+      </c>
+      <c r="B380" s="6">
+        <v>560427</v>
+      </c>
+      <c r="C380" s="80" t="s">
+        <v>787</v>
+      </c>
+      <c r="D380" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E380" s="7" t="s">
+        <v>792</v>
+      </c>
+      <c r="F380" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="G380" s="15" t="s">
+        <v>794</v>
+      </c>
+      <c r="H380" s="9">
+        <v>0</v>
+      </c>
+      <c r="I380" s="29" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A381" s="6">
+        <v>4400033778</v>
+      </c>
+      <c r="B381" s="6">
+        <v>560427</v>
+      </c>
+      <c r="C381" s="80" t="s">
+        <v>787</v>
+      </c>
+      <c r="D381" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E381" s="7" t="s">
+        <v>792</v>
+      </c>
+      <c r="F381" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="G381" s="15" t="s">
+        <v>794</v>
+      </c>
+      <c r="H381" s="9">
+        <v>0</v>
+      </c>
+      <c r="I381" s="29" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A382" s="6">
+        <v>4400033778</v>
+      </c>
+      <c r="B382" s="6">
+        <v>560427</v>
+      </c>
+      <c r="C382" s="80" t="s">
+        <v>787</v>
+      </c>
+      <c r="D382" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E382" s="7" t="s">
+        <v>792</v>
+      </c>
+      <c r="F382" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="G382" s="15" t="s">
+        <v>794</v>
+      </c>
+      <c r="H382" s="9">
+        <v>0</v>
+      </c>
+      <c r="I382" s="29" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A383" s="6">
+        <v>4400033778</v>
+      </c>
+      <c r="B383" s="6">
+        <v>560427</v>
+      </c>
+      <c r="C383" s="80" t="s">
+        <v>787</v>
+      </c>
+      <c r="D383" s="8" t="s">
+        <v>447</v>
+      </c>
+      <c r="E383" s="7" t="s">
+        <v>792</v>
+      </c>
+      <c r="F383" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="G383" s="15" t="s">
+        <v>794</v>
+      </c>
+      <c r="H383" s="9">
+        <v>0</v>
+      </c>
+      <c r="I383" s="29" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A384" s="6">
+        <v>4400033666</v>
+      </c>
+      <c r="B384" s="6">
+        <v>567067</v>
+      </c>
+      <c r="C384" s="80" t="s">
+        <v>788</v>
+      </c>
+      <c r="D384" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E384" s="7" t="s">
+        <v>796</v>
+      </c>
+      <c r="F384" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="G384" s="15" t="s">
+        <v>798</v>
+      </c>
+      <c r="H384" s="9">
+        <v>0</v>
+      </c>
+      <c r="I384" s="29" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A385" s="6"/>
+      <c r="B385" s="6"/>
+      <c r="C385" s="80"/>
+      <c r="D385" s="8"/>
+      <c r="E385" s="7"/>
+      <c r="F385" s="6"/>
+      <c r="G385" s="15"/>
+      <c r="H385" s="9"/>
+      <c r="I385" s="29"/>
+    </row>
+    <row r="386" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A386" s="6"/>
+      <c r="B386" s="6"/>
+      <c r="C386" s="80"/>
+      <c r="D386" s="8"/>
+      <c r="E386" s="7"/>
+      <c r="F386" s="6"/>
+      <c r="G386" s="15"/>
+      <c r="H386" s="9"/>
+      <c r="I386" s="29"/>
+    </row>
+    <row r="387" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A387" s="6"/>
+      <c r="B387" s="6"/>
+      <c r="C387" s="80"/>
+      <c r="D387" s="8"/>
+      <c r="E387" s="7"/>
+      <c r="F387" s="6"/>
+      <c r="G387" s="15"/>
+      <c r="H387" s="9"/>
+      <c r="I387" s="29"/>
+    </row>
+    <row r="388" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="389" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="390" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="391" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="392" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="393" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="394" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="395" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="396" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="397" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="399" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="400" spans="1:9" x14ac:dyDescent="0.35"/>
+    <row r="401" x14ac:dyDescent="0.35"/>
+    <row r="402" x14ac:dyDescent="0.35"/>
+    <row r="403" x14ac:dyDescent="0.35"/>
+    <row r="404" x14ac:dyDescent="0.35"/>
+    <row r="405" x14ac:dyDescent="0.35"/>
+    <row r="406" x14ac:dyDescent="0.35"/>
+    <row r="407" x14ac:dyDescent="0.35"/>
+    <row r="408" x14ac:dyDescent="0.35"/>
+    <row r="409" x14ac:dyDescent="0.35"/>
+    <row r="410" x14ac:dyDescent="0.35"/>
+    <row r="411" x14ac:dyDescent="0.35"/>
+    <row r="412" x14ac:dyDescent="0.35"/>
+    <row r="413" x14ac:dyDescent="0.35"/>
+    <row r="414" x14ac:dyDescent="0.35"/>
+    <row r="415" x14ac:dyDescent="0.35"/>
+    <row r="416" x14ac:dyDescent="0.35"/>
+    <row r="417" x14ac:dyDescent="0.35"/>
+    <row r="418" x14ac:dyDescent="0.35"/>
+    <row r="419" x14ac:dyDescent="0.35"/>
+    <row r="420" x14ac:dyDescent="0.35"/>
+    <row r="421" x14ac:dyDescent="0.35"/>
+    <row r="422" x14ac:dyDescent="0.35"/>
+    <row r="423" x14ac:dyDescent="0.35"/>
+    <row r="424" x14ac:dyDescent="0.35"/>
+    <row r="425" x14ac:dyDescent="0.35"/>
+    <row r="426" x14ac:dyDescent="0.35"/>
+    <row r="427" x14ac:dyDescent="0.35"/>
+    <row r="428" x14ac:dyDescent="0.35"/>
+    <row r="429" x14ac:dyDescent="0.35"/>
+    <row r="430" x14ac:dyDescent="0.35"/>
+    <row r="431" x14ac:dyDescent="0.35"/>
+    <row r="432" x14ac:dyDescent="0.35"/>
+    <row r="433" x14ac:dyDescent="0.35"/>
+    <row r="434" x14ac:dyDescent="0.35"/>
+    <row r="435" x14ac:dyDescent="0.35"/>
+    <row r="436" x14ac:dyDescent="0.35"/>
+    <row r="437" x14ac:dyDescent="0.35"/>
+    <row r="438" x14ac:dyDescent="0.35"/>
+    <row r="439" x14ac:dyDescent="0.35"/>
+    <row r="440" x14ac:dyDescent="0.35"/>
+    <row r="441" x14ac:dyDescent="0.35"/>
+    <row r="442" x14ac:dyDescent="0.35"/>
+    <row r="443" x14ac:dyDescent="0.35"/>
+    <row r="444" x14ac:dyDescent="0.35"/>
+    <row r="445" x14ac:dyDescent="0.35"/>
+    <row r="446" x14ac:dyDescent="0.35"/>
+    <row r="447" x14ac:dyDescent="0.35"/>
+    <row r="448" x14ac:dyDescent="0.35"/>
+    <row r="449" x14ac:dyDescent="0.35"/>
+    <row r="450" x14ac:dyDescent="0.35"/>
+    <row r="451" x14ac:dyDescent="0.35"/>
+    <row r="452" x14ac:dyDescent="0.35"/>
+    <row r="453" x14ac:dyDescent="0.35"/>
+    <row r="454" x14ac:dyDescent="0.35"/>
+    <row r="455" x14ac:dyDescent="0.35"/>
+    <row r="456" x14ac:dyDescent="0.35"/>
+    <row r="457" x14ac:dyDescent="0.35"/>
+    <row r="458" x14ac:dyDescent="0.35"/>
+    <row r="459" x14ac:dyDescent="0.35"/>
+    <row r="460" x14ac:dyDescent="0.35"/>
+    <row r="461" x14ac:dyDescent="0.35"/>
+    <row r="462" x14ac:dyDescent="0.35"/>
+    <row r="463" x14ac:dyDescent="0.35"/>
+    <row r="464" x14ac:dyDescent="0.35"/>
+    <row r="465" x14ac:dyDescent="0.35"/>
+    <row r="466" x14ac:dyDescent="0.35"/>
+    <row r="467" x14ac:dyDescent="0.35"/>
+    <row r="468" x14ac:dyDescent="0.35"/>
+    <row r="469" x14ac:dyDescent="0.35"/>
+    <row r="470" x14ac:dyDescent="0.35"/>
+    <row r="471" x14ac:dyDescent="0.35"/>
+    <row r="472" x14ac:dyDescent="0.35"/>
+    <row r="473" x14ac:dyDescent="0.35"/>
+    <row r="474" x14ac:dyDescent="0.35"/>
+    <row r="475" x14ac:dyDescent="0.35"/>
+    <row r="476" x14ac:dyDescent="0.35"/>
+    <row r="477" x14ac:dyDescent="0.35"/>
+    <row r="478" x14ac:dyDescent="0.35"/>
+    <row r="479" x14ac:dyDescent="0.35"/>
+    <row r="480" x14ac:dyDescent="0.35"/>
+    <row r="481" x14ac:dyDescent="0.35"/>
+    <row r="482" x14ac:dyDescent="0.35"/>
+    <row r="483" x14ac:dyDescent="0.35"/>
+    <row r="484" x14ac:dyDescent="0.35"/>
+    <row r="485" x14ac:dyDescent="0.35"/>
+    <row r="486" x14ac:dyDescent="0.35"/>
+    <row r="487" x14ac:dyDescent="0.35"/>
+    <row r="488" x14ac:dyDescent="0.35"/>
+    <row r="489" x14ac:dyDescent="0.35"/>
+    <row r="490" x14ac:dyDescent="0.35"/>
+    <row r="491" x14ac:dyDescent="0.35"/>
+    <row r="492" x14ac:dyDescent="0.35"/>
+    <row r="493" x14ac:dyDescent="0.35"/>
+    <row r="494" x14ac:dyDescent="0.35"/>
+    <row r="495" x14ac:dyDescent="0.35"/>
+    <row r="496" x14ac:dyDescent="0.35"/>
+    <row r="497" x14ac:dyDescent="0.35"/>
+    <row r="498" x14ac:dyDescent="0.35"/>
+    <row r="499" x14ac:dyDescent="0.35"/>
+    <row r="500" x14ac:dyDescent="0.35"/>
+    <row r="501" x14ac:dyDescent="0.35"/>
+    <row r="502" x14ac:dyDescent="0.35"/>
+    <row r="503" x14ac:dyDescent="0.35"/>
+    <row r="504" x14ac:dyDescent="0.35"/>
+    <row r="505" x14ac:dyDescent="0.35"/>
+    <row r="506" x14ac:dyDescent="0.35"/>
+    <row r="507" x14ac:dyDescent="0.35"/>
+    <row r="508" x14ac:dyDescent="0.35"/>
+    <row r="509" x14ac:dyDescent="0.35"/>
+    <row r="510" x14ac:dyDescent="0.35"/>
+    <row r="511" x14ac:dyDescent="0.35"/>
+    <row r="512" x14ac:dyDescent="0.35"/>
+    <row r="513" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="514" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="515" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="516" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="517" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="518" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="519" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="520" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="521" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="522" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="523" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="524" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="525" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="526" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="527" spans="10:10" x14ac:dyDescent="0.35">
       <c r="J527" s="73" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="528" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J528" s="73" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="529" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J529" s="73" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="530" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J530" s="73" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="531" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J531" s="73" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="528" spans="10:10" x14ac:dyDescent="0.25">
-      <c r="J528" s="73" t="s">
+    <row r="532" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J532" s="73" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="529" spans="10:10" x14ac:dyDescent="0.25">
-      <c r="J529" s="73" t="s">
+    <row r="533" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J533" s="73" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="530" spans="10:10" x14ac:dyDescent="0.25">
-      <c r="J530" s="73" t="s">
+    <row r="534" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J534" s="73" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="531" spans="10:10" x14ac:dyDescent="0.25">
-      <c r="J531" s="73" t="s">
+    <row r="535" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J535" s="73" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="532" spans="10:10" x14ac:dyDescent="0.25">
-      <c r="J532" s="73" t="s">
+    <row r="536" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J536" s="73" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="533" spans="10:10" x14ac:dyDescent="0.25">
-      <c r="J533" s="73" t="s">
+    <row r="537" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J537" s="73" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="534" spans="10:10" x14ac:dyDescent="0.25">
-      <c r="J534" s="73" t="s">
+    <row r="538" spans="10:10" x14ac:dyDescent="0.35">
+      <c r="J538" s="73" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="535" spans="10:10" x14ac:dyDescent="0.25"/>
-[...513 lines deleted...]
-    <row r="1049" x14ac:dyDescent="0.25"/>
+    <row r="539" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="540" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="541" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="542" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="543" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="544" spans="10:10" x14ac:dyDescent="0.35"/>
+    <row r="545" x14ac:dyDescent="0.35"/>
+    <row r="546" x14ac:dyDescent="0.35"/>
+    <row r="547" x14ac:dyDescent="0.35"/>
+    <row r="548" x14ac:dyDescent="0.35"/>
+    <row r="549" x14ac:dyDescent="0.35"/>
+    <row r="550" x14ac:dyDescent="0.35"/>
+    <row r="551" x14ac:dyDescent="0.35"/>
+    <row r="552" x14ac:dyDescent="0.35"/>
+    <row r="553" x14ac:dyDescent="0.35"/>
+    <row r="554" x14ac:dyDescent="0.35"/>
+    <row r="555" x14ac:dyDescent="0.35"/>
+    <row r="556" x14ac:dyDescent="0.35"/>
+    <row r="557" x14ac:dyDescent="0.35"/>
+    <row r="558" x14ac:dyDescent="0.35"/>
+    <row r="559" x14ac:dyDescent="0.35"/>
+    <row r="560" x14ac:dyDescent="0.35"/>
+    <row r="561" x14ac:dyDescent="0.35"/>
+    <row r="562" x14ac:dyDescent="0.35"/>
+    <row r="563" x14ac:dyDescent="0.35"/>
+    <row r="564" x14ac:dyDescent="0.35"/>
+    <row r="565" x14ac:dyDescent="0.35"/>
+    <row r="566" x14ac:dyDescent="0.35"/>
+    <row r="567" x14ac:dyDescent="0.35"/>
+    <row r="568" x14ac:dyDescent="0.35"/>
+    <row r="569" x14ac:dyDescent="0.35"/>
+    <row r="570" x14ac:dyDescent="0.35"/>
+    <row r="571" x14ac:dyDescent="0.35"/>
+    <row r="572" x14ac:dyDescent="0.35"/>
+    <row r="573" x14ac:dyDescent="0.35"/>
+    <row r="574" x14ac:dyDescent="0.35"/>
+    <row r="575" x14ac:dyDescent="0.35"/>
+    <row r="576" x14ac:dyDescent="0.35"/>
+    <row r="577" x14ac:dyDescent="0.35"/>
+    <row r="578" x14ac:dyDescent="0.35"/>
+    <row r="579" x14ac:dyDescent="0.35"/>
+    <row r="580" x14ac:dyDescent="0.35"/>
+    <row r="581" x14ac:dyDescent="0.35"/>
+    <row r="582" x14ac:dyDescent="0.35"/>
+    <row r="583" x14ac:dyDescent="0.35"/>
+    <row r="584" x14ac:dyDescent="0.35"/>
+    <row r="585" x14ac:dyDescent="0.35"/>
+    <row r="586" x14ac:dyDescent="0.35"/>
+    <row r="587" x14ac:dyDescent="0.35"/>
+    <row r="588" x14ac:dyDescent="0.35"/>
+    <row r="589" x14ac:dyDescent="0.35"/>
+    <row r="590" x14ac:dyDescent="0.35"/>
+    <row r="591" x14ac:dyDescent="0.35"/>
+    <row r="592" x14ac:dyDescent="0.35"/>
+    <row r="593" x14ac:dyDescent="0.35"/>
+    <row r="594" x14ac:dyDescent="0.35"/>
+    <row r="595" x14ac:dyDescent="0.35"/>
+    <row r="596" x14ac:dyDescent="0.35"/>
+    <row r="597" x14ac:dyDescent="0.35"/>
+    <row r="598" x14ac:dyDescent="0.35"/>
+    <row r="599" x14ac:dyDescent="0.35"/>
+    <row r="600" x14ac:dyDescent="0.35"/>
+    <row r="601" x14ac:dyDescent="0.35"/>
+    <row r="602" x14ac:dyDescent="0.35"/>
+    <row r="603" x14ac:dyDescent="0.35"/>
+    <row r="604" x14ac:dyDescent="0.35"/>
+    <row r="605" x14ac:dyDescent="0.35"/>
+    <row r="606" x14ac:dyDescent="0.35"/>
+    <row r="607" x14ac:dyDescent="0.35"/>
+    <row r="608" x14ac:dyDescent="0.35"/>
+    <row r="609" x14ac:dyDescent="0.35"/>
+    <row r="610" x14ac:dyDescent="0.35"/>
+    <row r="611" x14ac:dyDescent="0.35"/>
+    <row r="612" x14ac:dyDescent="0.35"/>
+    <row r="613" x14ac:dyDescent="0.35"/>
+    <row r="614" x14ac:dyDescent="0.35"/>
+    <row r="615" x14ac:dyDescent="0.35"/>
+    <row r="616" x14ac:dyDescent="0.35"/>
+    <row r="617" x14ac:dyDescent="0.35"/>
+    <row r="618" x14ac:dyDescent="0.35"/>
+    <row r="619" x14ac:dyDescent="0.35"/>
+    <row r="620" x14ac:dyDescent="0.35"/>
+    <row r="621" x14ac:dyDescent="0.35"/>
+    <row r="622" x14ac:dyDescent="0.35"/>
+    <row r="623" x14ac:dyDescent="0.35"/>
+    <row r="624" x14ac:dyDescent="0.35"/>
+    <row r="625" x14ac:dyDescent="0.35"/>
+    <row r="626" x14ac:dyDescent="0.35"/>
+    <row r="627" x14ac:dyDescent="0.35"/>
+    <row r="628" x14ac:dyDescent="0.35"/>
+    <row r="629" x14ac:dyDescent="0.35"/>
+    <row r="630" x14ac:dyDescent="0.35"/>
+    <row r="631" x14ac:dyDescent="0.35"/>
+    <row r="632" x14ac:dyDescent="0.35"/>
+    <row r="633" x14ac:dyDescent="0.35"/>
+    <row r="634" x14ac:dyDescent="0.35"/>
+    <row r="635" x14ac:dyDescent="0.35"/>
+    <row r="636" x14ac:dyDescent="0.35"/>
+    <row r="637" x14ac:dyDescent="0.35"/>
+    <row r="638" x14ac:dyDescent="0.35"/>
+    <row r="639" x14ac:dyDescent="0.35"/>
+    <row r="640" x14ac:dyDescent="0.35"/>
+    <row r="641" x14ac:dyDescent="0.35"/>
+    <row r="642" x14ac:dyDescent="0.35"/>
+    <row r="643" x14ac:dyDescent="0.35"/>
+    <row r="644" x14ac:dyDescent="0.35"/>
+    <row r="645" x14ac:dyDescent="0.35"/>
+    <row r="646" x14ac:dyDescent="0.35"/>
+    <row r="647" x14ac:dyDescent="0.35"/>
+    <row r="648" x14ac:dyDescent="0.35"/>
+    <row r="649" x14ac:dyDescent="0.35"/>
+    <row r="650" x14ac:dyDescent="0.35"/>
+    <row r="651" x14ac:dyDescent="0.35"/>
+    <row r="652" x14ac:dyDescent="0.35"/>
+    <row r="653" x14ac:dyDescent="0.35"/>
+    <row r="654" x14ac:dyDescent="0.35"/>
+    <row r="655" x14ac:dyDescent="0.35"/>
+    <row r="656" x14ac:dyDescent="0.35"/>
+    <row r="657" x14ac:dyDescent="0.35"/>
+    <row r="658" x14ac:dyDescent="0.35"/>
+    <row r="659" x14ac:dyDescent="0.35"/>
+    <row r="660" x14ac:dyDescent="0.35"/>
+    <row r="661" x14ac:dyDescent="0.35"/>
+    <row r="662" x14ac:dyDescent="0.35"/>
+    <row r="663" x14ac:dyDescent="0.35"/>
+    <row r="664" x14ac:dyDescent="0.35"/>
+    <row r="665" x14ac:dyDescent="0.35"/>
+    <row r="666" x14ac:dyDescent="0.35"/>
+    <row r="667" x14ac:dyDescent="0.35"/>
+    <row r="668" x14ac:dyDescent="0.35"/>
+    <row r="669" x14ac:dyDescent="0.35"/>
+    <row r="670" x14ac:dyDescent="0.35"/>
+    <row r="671" x14ac:dyDescent="0.35"/>
+    <row r="672" x14ac:dyDescent="0.35"/>
+    <row r="673" x14ac:dyDescent="0.35"/>
+    <row r="674" x14ac:dyDescent="0.35"/>
+    <row r="675" x14ac:dyDescent="0.35"/>
+    <row r="676" x14ac:dyDescent="0.35"/>
+    <row r="677" x14ac:dyDescent="0.35"/>
+    <row r="678" x14ac:dyDescent="0.35"/>
+    <row r="679" x14ac:dyDescent="0.35"/>
+    <row r="680" x14ac:dyDescent="0.35"/>
+    <row r="681" x14ac:dyDescent="0.35"/>
+    <row r="682" x14ac:dyDescent="0.35"/>
+    <row r="683" x14ac:dyDescent="0.35"/>
+    <row r="684" x14ac:dyDescent="0.35"/>
+    <row r="685" x14ac:dyDescent="0.35"/>
+    <row r="686" x14ac:dyDescent="0.35"/>
+    <row r="687" x14ac:dyDescent="0.35"/>
+    <row r="688" x14ac:dyDescent="0.35"/>
+    <row r="689" x14ac:dyDescent="0.35"/>
+    <row r="690" x14ac:dyDescent="0.35"/>
+    <row r="691" x14ac:dyDescent="0.35"/>
+    <row r="692" x14ac:dyDescent="0.35"/>
+    <row r="693" x14ac:dyDescent="0.35"/>
+    <row r="694" x14ac:dyDescent="0.35"/>
+    <row r="695" x14ac:dyDescent="0.35"/>
+    <row r="696" x14ac:dyDescent="0.35"/>
+    <row r="697" x14ac:dyDescent="0.35"/>
+    <row r="698" x14ac:dyDescent="0.35"/>
+    <row r="699" x14ac:dyDescent="0.35"/>
+    <row r="700" x14ac:dyDescent="0.35"/>
+    <row r="701" x14ac:dyDescent="0.35"/>
+    <row r="702" x14ac:dyDescent="0.35"/>
+    <row r="703" x14ac:dyDescent="0.35"/>
+    <row r="704" x14ac:dyDescent="0.35"/>
+    <row r="705" x14ac:dyDescent="0.35"/>
+    <row r="706" x14ac:dyDescent="0.35"/>
+    <row r="707" x14ac:dyDescent="0.35"/>
+    <row r="708" x14ac:dyDescent="0.35"/>
+    <row r="709" x14ac:dyDescent="0.35"/>
+    <row r="710" x14ac:dyDescent="0.35"/>
+    <row r="711" x14ac:dyDescent="0.35"/>
+    <row r="712" x14ac:dyDescent="0.35"/>
+    <row r="713" x14ac:dyDescent="0.35"/>
+    <row r="714" x14ac:dyDescent="0.35"/>
+    <row r="715" x14ac:dyDescent="0.35"/>
+    <row r="716" x14ac:dyDescent="0.35"/>
+    <row r="717" x14ac:dyDescent="0.35"/>
+    <row r="718" x14ac:dyDescent="0.35"/>
+    <row r="719" x14ac:dyDescent="0.35"/>
+    <row r="720" x14ac:dyDescent="0.35"/>
+    <row r="721" x14ac:dyDescent="0.35"/>
+    <row r="722" x14ac:dyDescent="0.35"/>
+    <row r="723" x14ac:dyDescent="0.35"/>
+    <row r="724" x14ac:dyDescent="0.35"/>
+    <row r="725" x14ac:dyDescent="0.35"/>
+    <row r="726" x14ac:dyDescent="0.35"/>
+    <row r="727" x14ac:dyDescent="0.35"/>
+    <row r="728" x14ac:dyDescent="0.35"/>
+    <row r="729" x14ac:dyDescent="0.35"/>
+    <row r="730" x14ac:dyDescent="0.35"/>
+    <row r="731" x14ac:dyDescent="0.35"/>
+    <row r="732" x14ac:dyDescent="0.35"/>
+    <row r="733" x14ac:dyDescent="0.35"/>
+    <row r="734" x14ac:dyDescent="0.35"/>
+    <row r="735" x14ac:dyDescent="0.35"/>
+    <row r="736" x14ac:dyDescent="0.35"/>
+    <row r="737" x14ac:dyDescent="0.35"/>
+    <row r="738" x14ac:dyDescent="0.35"/>
+    <row r="739" x14ac:dyDescent="0.35"/>
+    <row r="740" x14ac:dyDescent="0.35"/>
+    <row r="741" x14ac:dyDescent="0.35"/>
+    <row r="742" x14ac:dyDescent="0.35"/>
+    <row r="743" x14ac:dyDescent="0.35"/>
+    <row r="744" x14ac:dyDescent="0.35"/>
+    <row r="745" x14ac:dyDescent="0.35"/>
+    <row r="746" x14ac:dyDescent="0.35"/>
+    <row r="747" x14ac:dyDescent="0.35"/>
+    <row r="748" x14ac:dyDescent="0.35"/>
+    <row r="749" x14ac:dyDescent="0.35"/>
+    <row r="750" x14ac:dyDescent="0.35"/>
+    <row r="751" x14ac:dyDescent="0.35"/>
+    <row r="752" x14ac:dyDescent="0.35"/>
+    <row r="753" x14ac:dyDescent="0.35"/>
+    <row r="754" x14ac:dyDescent="0.35"/>
+    <row r="755" x14ac:dyDescent="0.35"/>
+    <row r="756" x14ac:dyDescent="0.35"/>
+    <row r="757" x14ac:dyDescent="0.35"/>
+    <row r="758" x14ac:dyDescent="0.35"/>
+    <row r="759" x14ac:dyDescent="0.35"/>
+    <row r="760" x14ac:dyDescent="0.35"/>
+    <row r="761" x14ac:dyDescent="0.35"/>
+    <row r="762" x14ac:dyDescent="0.35"/>
+    <row r="763" x14ac:dyDescent="0.35"/>
+    <row r="764" x14ac:dyDescent="0.35"/>
+    <row r="765" x14ac:dyDescent="0.35"/>
+    <row r="766" x14ac:dyDescent="0.35"/>
+    <row r="767" x14ac:dyDescent="0.35"/>
+    <row r="768" x14ac:dyDescent="0.35"/>
+    <row r="769" x14ac:dyDescent="0.35"/>
+    <row r="770" x14ac:dyDescent="0.35"/>
+    <row r="771" x14ac:dyDescent="0.35"/>
+    <row r="772" x14ac:dyDescent="0.35"/>
+    <row r="773" x14ac:dyDescent="0.35"/>
+    <row r="774" x14ac:dyDescent="0.35"/>
+    <row r="775" x14ac:dyDescent="0.35"/>
+    <row r="776" x14ac:dyDescent="0.35"/>
+    <row r="777" x14ac:dyDescent="0.35"/>
+    <row r="778" x14ac:dyDescent="0.35"/>
+    <row r="779" x14ac:dyDescent="0.35"/>
+    <row r="780" x14ac:dyDescent="0.35"/>
+    <row r="781" x14ac:dyDescent="0.35"/>
+    <row r="782" x14ac:dyDescent="0.35"/>
+    <row r="783" x14ac:dyDescent="0.35"/>
+    <row r="784" x14ac:dyDescent="0.35"/>
+    <row r="785" x14ac:dyDescent="0.35"/>
+    <row r="786" x14ac:dyDescent="0.35"/>
+    <row r="787" x14ac:dyDescent="0.35"/>
+    <row r="788" x14ac:dyDescent="0.35"/>
+    <row r="789" x14ac:dyDescent="0.35"/>
+    <row r="790" x14ac:dyDescent="0.35"/>
+    <row r="791" x14ac:dyDescent="0.35"/>
+    <row r="792" x14ac:dyDescent="0.35"/>
+    <row r="793" x14ac:dyDescent="0.35"/>
+    <row r="794" x14ac:dyDescent="0.35"/>
+    <row r="795" x14ac:dyDescent="0.35"/>
+    <row r="796" x14ac:dyDescent="0.35"/>
+    <row r="797" x14ac:dyDescent="0.35"/>
+    <row r="798" x14ac:dyDescent="0.35"/>
+    <row r="799" x14ac:dyDescent="0.35"/>
+    <row r="800" x14ac:dyDescent="0.35"/>
+    <row r="801" x14ac:dyDescent="0.35"/>
+    <row r="802" x14ac:dyDescent="0.35"/>
+    <row r="803" x14ac:dyDescent="0.35"/>
+    <row r="804" x14ac:dyDescent="0.35"/>
+    <row r="805" x14ac:dyDescent="0.35"/>
+    <row r="806" x14ac:dyDescent="0.35"/>
+    <row r="807" x14ac:dyDescent="0.35"/>
+    <row r="808" x14ac:dyDescent="0.35"/>
+    <row r="809" x14ac:dyDescent="0.35"/>
+    <row r="810" x14ac:dyDescent="0.35"/>
+    <row r="811" x14ac:dyDescent="0.35"/>
+    <row r="812" x14ac:dyDescent="0.35"/>
+    <row r="813" x14ac:dyDescent="0.35"/>
+    <row r="814" x14ac:dyDescent="0.35"/>
+    <row r="815" x14ac:dyDescent="0.35"/>
+    <row r="816" x14ac:dyDescent="0.35"/>
+    <row r="817" x14ac:dyDescent="0.35"/>
+    <row r="818" x14ac:dyDescent="0.35"/>
+    <row r="819" x14ac:dyDescent="0.35"/>
+    <row r="820" x14ac:dyDescent="0.35"/>
+    <row r="821" x14ac:dyDescent="0.35"/>
+    <row r="822" x14ac:dyDescent="0.35"/>
+    <row r="823" x14ac:dyDescent="0.35"/>
+    <row r="824" x14ac:dyDescent="0.35"/>
+    <row r="825" x14ac:dyDescent="0.35"/>
+    <row r="826" x14ac:dyDescent="0.35"/>
+    <row r="827" x14ac:dyDescent="0.35"/>
+    <row r="828" x14ac:dyDescent="0.35"/>
+    <row r="829" x14ac:dyDescent="0.35"/>
+    <row r="830" x14ac:dyDescent="0.35"/>
+    <row r="831" x14ac:dyDescent="0.35"/>
+    <row r="832" x14ac:dyDescent="0.35"/>
+    <row r="833" x14ac:dyDescent="0.35"/>
+    <row r="834" x14ac:dyDescent="0.35"/>
+    <row r="835" x14ac:dyDescent="0.35"/>
+    <row r="836" x14ac:dyDescent="0.35"/>
+    <row r="837" x14ac:dyDescent="0.35"/>
+    <row r="838" x14ac:dyDescent="0.35"/>
+    <row r="839" x14ac:dyDescent="0.35"/>
+    <row r="840" x14ac:dyDescent="0.35"/>
+    <row r="841" x14ac:dyDescent="0.35"/>
+    <row r="842" x14ac:dyDescent="0.35"/>
+    <row r="843" x14ac:dyDescent="0.35"/>
+    <row r="844" x14ac:dyDescent="0.35"/>
+    <row r="845" x14ac:dyDescent="0.35"/>
+    <row r="846" x14ac:dyDescent="0.35"/>
+    <row r="847" x14ac:dyDescent="0.35"/>
+    <row r="848" x14ac:dyDescent="0.35"/>
+    <row r="849" x14ac:dyDescent="0.35"/>
+    <row r="850" x14ac:dyDescent="0.35"/>
+    <row r="851" x14ac:dyDescent="0.35"/>
+    <row r="852" x14ac:dyDescent="0.35"/>
+    <row r="853" x14ac:dyDescent="0.35"/>
+    <row r="854" x14ac:dyDescent="0.35"/>
+    <row r="855" x14ac:dyDescent="0.35"/>
+    <row r="856" x14ac:dyDescent="0.35"/>
+    <row r="857" x14ac:dyDescent="0.35"/>
+    <row r="858" x14ac:dyDescent="0.35"/>
+    <row r="859" x14ac:dyDescent="0.35"/>
+    <row r="860" x14ac:dyDescent="0.35"/>
+    <row r="861" x14ac:dyDescent="0.35"/>
+    <row r="862" x14ac:dyDescent="0.35"/>
+    <row r="863" x14ac:dyDescent="0.35"/>
+    <row r="864" x14ac:dyDescent="0.35"/>
+    <row r="865" x14ac:dyDescent="0.35"/>
+    <row r="866" x14ac:dyDescent="0.35"/>
+    <row r="867" x14ac:dyDescent="0.35"/>
+    <row r="868" x14ac:dyDescent="0.35"/>
+    <row r="869" x14ac:dyDescent="0.35"/>
+    <row r="870" x14ac:dyDescent="0.35"/>
+    <row r="871" x14ac:dyDescent="0.35"/>
+    <row r="872" x14ac:dyDescent="0.35"/>
+    <row r="873" x14ac:dyDescent="0.35"/>
+    <row r="874" x14ac:dyDescent="0.35"/>
+    <row r="875" x14ac:dyDescent="0.35"/>
+    <row r="876" x14ac:dyDescent="0.35"/>
+    <row r="877" x14ac:dyDescent="0.35"/>
+    <row r="878" x14ac:dyDescent="0.35"/>
+    <row r="879" x14ac:dyDescent="0.35"/>
+    <row r="880" x14ac:dyDescent="0.35"/>
+    <row r="881" x14ac:dyDescent="0.35"/>
+    <row r="882" x14ac:dyDescent="0.35"/>
+    <row r="883" x14ac:dyDescent="0.35"/>
+    <row r="884" x14ac:dyDescent="0.35"/>
+    <row r="885" x14ac:dyDescent="0.35"/>
+    <row r="886" x14ac:dyDescent="0.35"/>
+    <row r="887" x14ac:dyDescent="0.35"/>
+    <row r="888" x14ac:dyDescent="0.35"/>
+    <row r="889" x14ac:dyDescent="0.35"/>
+    <row r="890" x14ac:dyDescent="0.35"/>
+    <row r="891" x14ac:dyDescent="0.35"/>
+    <row r="892" x14ac:dyDescent="0.35"/>
+    <row r="893" x14ac:dyDescent="0.35"/>
+    <row r="894" x14ac:dyDescent="0.35"/>
+    <row r="895" x14ac:dyDescent="0.35"/>
+    <row r="896" x14ac:dyDescent="0.35"/>
+    <row r="897" x14ac:dyDescent="0.35"/>
+    <row r="898" x14ac:dyDescent="0.35"/>
+    <row r="899" x14ac:dyDescent="0.35"/>
+    <row r="900" x14ac:dyDescent="0.35"/>
+    <row r="901" x14ac:dyDescent="0.35"/>
+    <row r="902" x14ac:dyDescent="0.35"/>
+    <row r="903" x14ac:dyDescent="0.35"/>
+    <row r="904" x14ac:dyDescent="0.35"/>
+    <row r="905" x14ac:dyDescent="0.35"/>
+    <row r="906" x14ac:dyDescent="0.35"/>
+    <row r="907" x14ac:dyDescent="0.35"/>
+    <row r="908" x14ac:dyDescent="0.35"/>
+    <row r="909" x14ac:dyDescent="0.35"/>
+    <row r="910" x14ac:dyDescent="0.35"/>
+    <row r="911" x14ac:dyDescent="0.35"/>
+    <row r="912" x14ac:dyDescent="0.35"/>
+    <row r="913" x14ac:dyDescent="0.35"/>
+    <row r="914" x14ac:dyDescent="0.35"/>
+    <row r="915" x14ac:dyDescent="0.35"/>
+    <row r="916" x14ac:dyDescent="0.35"/>
+    <row r="917" x14ac:dyDescent="0.35"/>
+    <row r="918" x14ac:dyDescent="0.35"/>
+    <row r="919" x14ac:dyDescent="0.35"/>
+    <row r="920" x14ac:dyDescent="0.35"/>
+    <row r="921" x14ac:dyDescent="0.35"/>
+    <row r="922" x14ac:dyDescent="0.35"/>
+    <row r="923" x14ac:dyDescent="0.35"/>
+    <row r="924" x14ac:dyDescent="0.35"/>
+    <row r="925" x14ac:dyDescent="0.35"/>
+    <row r="926" x14ac:dyDescent="0.35"/>
+    <row r="927" x14ac:dyDescent="0.35"/>
+    <row r="928" x14ac:dyDescent="0.35"/>
+    <row r="929" x14ac:dyDescent="0.35"/>
+    <row r="930" x14ac:dyDescent="0.35"/>
+    <row r="931" x14ac:dyDescent="0.35"/>
+    <row r="932" x14ac:dyDescent="0.35"/>
+    <row r="933" x14ac:dyDescent="0.35"/>
+    <row r="934" x14ac:dyDescent="0.35"/>
+    <row r="935" x14ac:dyDescent="0.35"/>
+    <row r="936" x14ac:dyDescent="0.35"/>
+    <row r="937" x14ac:dyDescent="0.35"/>
+    <row r="938" x14ac:dyDescent="0.35"/>
+    <row r="939" x14ac:dyDescent="0.35"/>
+    <row r="940" x14ac:dyDescent="0.35"/>
+    <row r="941" x14ac:dyDescent="0.35"/>
+    <row r="942" x14ac:dyDescent="0.35"/>
+    <row r="943" x14ac:dyDescent="0.35"/>
+    <row r="944" x14ac:dyDescent="0.35"/>
+    <row r="945" x14ac:dyDescent="0.35"/>
+    <row r="946" x14ac:dyDescent="0.35"/>
+    <row r="947" x14ac:dyDescent="0.35"/>
+    <row r="948" x14ac:dyDescent="0.35"/>
+    <row r="949" x14ac:dyDescent="0.35"/>
+    <row r="950" x14ac:dyDescent="0.35"/>
+    <row r="951" x14ac:dyDescent="0.35"/>
+    <row r="952" x14ac:dyDescent="0.35"/>
+    <row r="953" x14ac:dyDescent="0.35"/>
+    <row r="954" x14ac:dyDescent="0.35"/>
+    <row r="955" x14ac:dyDescent="0.35"/>
+    <row r="956" x14ac:dyDescent="0.35"/>
+    <row r="957" x14ac:dyDescent="0.35"/>
+    <row r="958" x14ac:dyDescent="0.35"/>
+    <row r="959" x14ac:dyDescent="0.35"/>
+    <row r="960" x14ac:dyDescent="0.35"/>
+    <row r="961" x14ac:dyDescent="0.35"/>
+    <row r="962" x14ac:dyDescent="0.35"/>
+    <row r="963" x14ac:dyDescent="0.35"/>
+    <row r="964" x14ac:dyDescent="0.35"/>
+    <row r="965" x14ac:dyDescent="0.35"/>
+    <row r="966" x14ac:dyDescent="0.35"/>
+    <row r="967" x14ac:dyDescent="0.35"/>
+    <row r="968" x14ac:dyDescent="0.35"/>
+    <row r="969" x14ac:dyDescent="0.35"/>
+    <row r="970" x14ac:dyDescent="0.35"/>
+    <row r="971" x14ac:dyDescent="0.35"/>
+    <row r="972" x14ac:dyDescent="0.35"/>
+    <row r="973" x14ac:dyDescent="0.35"/>
+    <row r="974" x14ac:dyDescent="0.35"/>
+    <row r="975" x14ac:dyDescent="0.35"/>
+    <row r="976" x14ac:dyDescent="0.35"/>
+    <row r="977" x14ac:dyDescent="0.35"/>
+    <row r="978" x14ac:dyDescent="0.35"/>
+    <row r="979" x14ac:dyDescent="0.35"/>
+    <row r="980" x14ac:dyDescent="0.35"/>
+    <row r="981" x14ac:dyDescent="0.35"/>
+    <row r="982" x14ac:dyDescent="0.35"/>
+    <row r="983" x14ac:dyDescent="0.35"/>
+    <row r="984" x14ac:dyDescent="0.35"/>
+    <row r="985" x14ac:dyDescent="0.35"/>
+    <row r="986" x14ac:dyDescent="0.35"/>
+    <row r="987" x14ac:dyDescent="0.35"/>
+    <row r="988" x14ac:dyDescent="0.35"/>
+    <row r="989" x14ac:dyDescent="0.35"/>
+    <row r="990" x14ac:dyDescent="0.35"/>
+    <row r="991" x14ac:dyDescent="0.35"/>
+    <row r="992" x14ac:dyDescent="0.35"/>
+    <row r="993" x14ac:dyDescent="0.35"/>
+    <row r="994" x14ac:dyDescent="0.35"/>
+    <row r="995" x14ac:dyDescent="0.35"/>
+    <row r="996" x14ac:dyDescent="0.35"/>
+    <row r="997" x14ac:dyDescent="0.35"/>
+    <row r="998" x14ac:dyDescent="0.35"/>
+    <row r="999" x14ac:dyDescent="0.35"/>
+    <row r="1000" x14ac:dyDescent="0.35"/>
+    <row r="1001" x14ac:dyDescent="0.35"/>
+    <row r="1002" x14ac:dyDescent="0.35"/>
+    <row r="1003" x14ac:dyDescent="0.35"/>
+    <row r="1004" x14ac:dyDescent="0.35"/>
+    <row r="1005" x14ac:dyDescent="0.35"/>
+    <row r="1006" x14ac:dyDescent="0.35"/>
+    <row r="1007" x14ac:dyDescent="0.35"/>
+    <row r="1008" x14ac:dyDescent="0.35"/>
+    <row r="1009" x14ac:dyDescent="0.35"/>
+    <row r="1010" x14ac:dyDescent="0.35"/>
+    <row r="1011" x14ac:dyDescent="0.35"/>
+    <row r="1012" x14ac:dyDescent="0.35"/>
+    <row r="1013" x14ac:dyDescent="0.35"/>
+    <row r="1014" x14ac:dyDescent="0.35"/>
+    <row r="1015" x14ac:dyDescent="0.35"/>
+    <row r="1016" x14ac:dyDescent="0.35"/>
+    <row r="1017" x14ac:dyDescent="0.35"/>
+    <row r="1018" x14ac:dyDescent="0.35"/>
+    <row r="1019" x14ac:dyDescent="0.35"/>
+    <row r="1020" x14ac:dyDescent="0.35"/>
+    <row r="1021" x14ac:dyDescent="0.35"/>
+    <row r="1022" x14ac:dyDescent="0.35"/>
+    <row r="1023" x14ac:dyDescent="0.35"/>
+    <row r="1024" x14ac:dyDescent="0.35"/>
+    <row r="1025" x14ac:dyDescent="0.35"/>
+    <row r="1026" x14ac:dyDescent="0.35"/>
+    <row r="1027" x14ac:dyDescent="0.35"/>
+    <row r="1028" x14ac:dyDescent="0.35"/>
+    <row r="1029" x14ac:dyDescent="0.35"/>
+    <row r="1030" x14ac:dyDescent="0.35"/>
+    <row r="1031" x14ac:dyDescent="0.35"/>
+    <row r="1032" x14ac:dyDescent="0.35"/>
+    <row r="1033" x14ac:dyDescent="0.35"/>
+    <row r="1034" x14ac:dyDescent="0.35"/>
+    <row r="1035" x14ac:dyDescent="0.35"/>
+    <row r="1036" x14ac:dyDescent="0.35"/>
+    <row r="1037" x14ac:dyDescent="0.35"/>
+    <row r="1038" x14ac:dyDescent="0.35"/>
+    <row r="1039" x14ac:dyDescent="0.35"/>
+    <row r="1040" x14ac:dyDescent="0.35"/>
+    <row r="1041" x14ac:dyDescent="0.35"/>
+    <row r="1042" x14ac:dyDescent="0.35"/>
+    <row r="1043" x14ac:dyDescent="0.35"/>
+    <row r="1044" x14ac:dyDescent="0.35"/>
+    <row r="1045" x14ac:dyDescent="0.35"/>
+    <row r="1046" x14ac:dyDescent="0.35"/>
+    <row r="1047" x14ac:dyDescent="0.35"/>
+    <row r="1048" x14ac:dyDescent="0.35"/>
+    <row r="1049" x14ac:dyDescent="0.35"/>
+    <row r="1050" x14ac:dyDescent="0.35"/>
+    <row r="1051" x14ac:dyDescent="0.35"/>
+    <row r="1052" x14ac:dyDescent="0.35"/>
+    <row r="1053" x14ac:dyDescent="0.35"/>
+    <row r="1054" x14ac:dyDescent="0.35"/>
+    <row r="1055" x14ac:dyDescent="0.35"/>
+    <row r="1056" x14ac:dyDescent="0.35"/>
   </sheetData>
   <autoFilter ref="A1:L351" xr:uid="{50986F7F-F644-4568-A1F4-8D4DCA9C363D}"/>
   <phoneticPr fontId="15" type="noConversion"/>
   <conditionalFormatting sqref="E51:I51">
     <cfRule type="duplicateValues" dxfId="2" priority="1"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E52:I52">
     <cfRule type="duplicateValues" dxfId="1" priority="2"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E53:I53">
     <cfRule type="duplicateValues" dxfId="0" priority="5"/>
   </conditionalFormatting>
   <dataValidations count="4">
-    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B243 B360:B64778" xr:uid="{BC3D92D2-160E-42A4-9E80-FEE60F8920DC}">
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B243 B388:B64782" xr:uid="{BC3D92D2-160E-42A4-9E80-FEE60F8920DC}">
       <formula1>6</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Right ALT + ENTER to add lines" sqref="C360:C64778 D523:D64778 E243 C243 E360:E64778" xr:uid="{FAEFE29E-7BF1-43B4-96C2-4671B8059F82}"/>
-    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A243 A360:A64778" xr:uid="{39B9585C-FD1B-46A3-9FE6-0A00A60B85B7}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Right ALT + ENTER to add lines" sqref="E388:E64782 D527:D64782 E243 C243 C388:C64782" xr:uid="{FAEFE29E-7BF1-43B4-96C2-4671B8059F82}"/>
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A243 A388:A64782" xr:uid="{39B9585C-FD1B-46A3-9FE6-0A00A60B85B7}">
       <formula1>10</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Right ALT + ENTER to add lines" sqref="D2:D522" xr:uid="{E4CA4678-D147-4F0C-9EED-6B20C24D14F7}">
-      <formula1>$J$523:$J$534</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Right ALT + ENTER to add lines" sqref="D2:D526" xr:uid="{E4CA4678-D147-4F0C-9EED-6B20C24D14F7}">
+      <formula1>$J$527:$J$538</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="I7" r:id="rId1" xr:uid="{72377A4C-3BF9-4E65-ADED-E14D5DB4A58C}"/>
     <hyperlink ref="I2" r:id="rId2" xr:uid="{2A72CE2E-894C-4E94-B728-CD5CBB09E8E2}"/>
     <hyperlink ref="I3" r:id="rId3" xr:uid="{DB603483-1A7C-4DC8-A2A0-BDBB2553EC1E}"/>
     <hyperlink ref="I4" r:id="rId4" xr:uid="{00E11CAC-3742-4686-8D79-54DE3A6E32A8}"/>
     <hyperlink ref="I5" r:id="rId5" xr:uid="{0E08DB7D-B3F6-434E-A9C0-A6A43143146E}"/>
     <hyperlink ref="I6" r:id="rId6" xr:uid="{514ECCE8-2A60-4B20-BAE3-118D8D396468}"/>
     <hyperlink ref="I54" r:id="rId7" xr:uid="{AF301E7D-B0B7-48AB-ABC6-C32CBC80319C}"/>
     <hyperlink ref="I55" r:id="rId8" xr:uid="{0DE9E4DB-16B7-4542-8E06-CE8344DC076A}"/>
     <hyperlink ref="I56" r:id="rId9" xr:uid="{8FBCFB5A-1C44-47DF-BF34-07CCFB7E326A}"/>
     <hyperlink ref="I68" r:id="rId10" xr:uid="{6B130DDC-1303-4233-AA09-6C63E74BB60A}"/>
     <hyperlink ref="I69" r:id="rId11" xr:uid="{3A1EB5AB-C536-418D-AC24-332C1AF60B03}"/>
     <hyperlink ref="I71" r:id="rId12" xr:uid="{A2629427-8D8B-4940-B9BD-79ADDF1FF702}"/>
     <hyperlink ref="I72" r:id="rId13" xr:uid="{D3D1B7DE-DDE0-413C-9205-885EB737CC6F}"/>
     <hyperlink ref="I73" r:id="rId14" xr:uid="{0BB719E8-76CE-432D-9FEC-F34E7CAFD5F5}"/>
     <hyperlink ref="I74" r:id="rId15" xr:uid="{9A26DA93-A0B3-4CE7-862D-A99DC8DEE5C6}"/>
     <hyperlink ref="I77" r:id="rId16" xr:uid="{1C97DCD3-A201-4B57-BF75-5696786E9EF9}"/>
     <hyperlink ref="I75" r:id="rId17" xr:uid="{BD6EED90-8C2E-4B50-A243-3B64C7E33BB9}"/>
     <hyperlink ref="I78" r:id="rId18" xr:uid="{5CDD4BE6-F098-424A-BBD4-5C91D1DFDAF7}"/>
     <hyperlink ref="I76" r:id="rId19" xr:uid="{3C6B33BC-449C-4DE6-A3A3-57CB507ADBB9}"/>
     <hyperlink ref="I79" r:id="rId20" xr:uid="{FD25A83B-2ACD-4E4B-9F55-3442945F8406}"/>
     <hyperlink ref="I80" r:id="rId21" xr:uid="{19B29438-320B-489C-B4EE-813D06566FED}"/>
     <hyperlink ref="I81" r:id="rId22" xr:uid="{928FEAF2-23A4-4DE9-BA34-0604F28BE480}"/>
@@ -15495,84 +16440,93 @@
     <hyperlink ref="I312" r:id="rId187" xr:uid="{4CCB5248-146D-444D-99B9-F80B41059DCD}"/>
     <hyperlink ref="I313" r:id="rId188" xr:uid="{288EA14B-F6AF-4252-8E97-637815A9CA15}"/>
     <hyperlink ref="I319" r:id="rId189" xr:uid="{9ED7F827-5DBE-459F-BAB0-78AC74E00A59}"/>
     <hyperlink ref="I317" r:id="rId190" xr:uid="{46D7C2F6-D254-412A-B664-C4AACC435484}"/>
     <hyperlink ref="I318" r:id="rId191" xr:uid="{D4FF1DFD-379F-4283-BDBD-9707D493FD9B}"/>
     <hyperlink ref="I320" r:id="rId192" xr:uid="{C48295AD-A911-40C1-B207-80B374046655}"/>
     <hyperlink ref="I327" r:id="rId193" xr:uid="{ADC1E886-F2E3-4CBB-99E9-F0D2330606FD}"/>
     <hyperlink ref="I328" r:id="rId194" xr:uid="{7DBC2ECA-20B1-4602-A710-EDD0DFE17429}"/>
     <hyperlink ref="I331" r:id="rId195" xr:uid="{920F95B9-5A61-4C34-9D02-061587EBE79C}"/>
     <hyperlink ref="I337" r:id="rId196" xr:uid="{43066DB7-9660-4D9D-8417-5B04CF93E7D8}"/>
     <hyperlink ref="I338" r:id="rId197" xr:uid="{57C08FEF-FCFC-4A6D-90A1-222665CA082D}"/>
     <hyperlink ref="I339" r:id="rId198" xr:uid="{011A1C04-7DD9-4554-8F8E-ABC45C2242B7}"/>
     <hyperlink ref="I340" r:id="rId199" xr:uid="{55034B8D-D982-4D77-A244-D62B3056E3F8}"/>
     <hyperlink ref="I341" r:id="rId200" xr:uid="{3363EF49-1596-4637-8474-D6E7A233B073}"/>
     <hyperlink ref="I342" r:id="rId201" xr:uid="{E621BE0A-A628-4657-8FFD-814E880D252F}"/>
     <hyperlink ref="I343" r:id="rId202" xr:uid="{E4611B18-0049-466F-84A2-939485B52E5F}"/>
     <hyperlink ref="I344" r:id="rId203" xr:uid="{10AC668E-E970-4E90-A939-9BE8919BCBDA}"/>
     <hyperlink ref="I345" r:id="rId204" xr:uid="{03270BD9-1CD9-45C3-89A5-CDAAEFF3EA8B}"/>
     <hyperlink ref="I346" r:id="rId205" xr:uid="{37A8A1C4-555F-4D3C-92FB-01FFDB64F37B}"/>
     <hyperlink ref="I347" r:id="rId206" xr:uid="{632B5946-9D5F-4ECA-9282-FA3454968A61}"/>
     <hyperlink ref="I348" r:id="rId207" xr:uid="{8EF9581A-0CF5-4F8C-9D6F-9630BF5723CD}"/>
     <hyperlink ref="I349" r:id="rId208" xr:uid="{DAD91BDB-119F-4287-B5F6-F1B097BDA2C9}"/>
     <hyperlink ref="I350" r:id="rId209" xr:uid="{0F600B6A-E178-4C9F-B22A-5716B84A0611}"/>
     <hyperlink ref="I351" r:id="rId210" xr:uid="{6A551534-F55E-418C-819B-85CF241E0B92}"/>
     <hyperlink ref="I359" r:id="rId211" xr:uid="{430C84F8-2C8A-4B82-A1A7-065E601D83CE}"/>
+    <hyperlink ref="I360" r:id="rId212" xr:uid="{EE22DDEC-98C0-4F17-B2AB-3F98151DAA42}"/>
+    <hyperlink ref="I361" r:id="rId213" xr:uid="{E176602D-70BF-4319-92C8-7E4E21DF9C98}"/>
+    <hyperlink ref="I362" r:id="rId214" xr:uid="{75AF4AA4-3D0E-4AB6-9CBE-90FF847FF61C}"/>
+    <hyperlink ref="I363" r:id="rId215" xr:uid="{8DA85715-F418-40F7-907B-E30BF93E6EA0}"/>
+    <hyperlink ref="I364" r:id="rId216" xr:uid="{4385915F-9B7E-4438-83C3-5E0CEEE78FC9}"/>
+    <hyperlink ref="I365" r:id="rId217" xr:uid="{A21A3AD3-4ABD-4983-BA6B-D4DC6566327C}"/>
+    <hyperlink ref="I368" r:id="rId218" xr:uid="{849D8DF7-F4AC-432C-9D4E-936C08788CFC}"/>
+    <hyperlink ref="I369" r:id="rId219" xr:uid="{468A8608-C8FD-4F0B-9F60-06117FA3403F}"/>
+    <hyperlink ref="I367" r:id="rId220" xr:uid="{423684CC-D5DF-4D8F-96DF-0E32FDCFF669}"/>
+    <hyperlink ref="I366" r:id="rId221" xr:uid="{96D6A598-164A-41C6-A4F2-9B668BF9CC73}"/>
+    <hyperlink ref="I370" r:id="rId222" xr:uid="{E42C79B1-2750-4071-A0C4-B1D13AF1BAC5}"/>
+    <hyperlink ref="I371" r:id="rId223" xr:uid="{30AF4AAF-17B0-4A2A-94B0-6C1530589D1C}"/>
+    <hyperlink ref="I384" r:id="rId224" xr:uid="{91F67646-5627-4F9B-9DF0-AE5CCDFF446B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId212"/>
+  <pageSetup orientation="portrait" r:id="rId225"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046030A9C59F2004A9C3E882E221113CB" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c5b71cbc6ac74f619c4ca4a10a74e3e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="193263b6-ca71-4c26-ab19-799d1991c9ff" xmlns:ns3="1dc70f87-843d-4725-ae8b-ffc289ddea50" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2d70f34cc032879384450ed9cccbcfd1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010046030A9C59F2004A9C3E882E221113CB" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc881952e749d5c38da38ab1de1fb6f8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="193263b6-ca71-4c26-ab19-799d1991c9ff" xmlns:ns3="1dc70f87-843d-4725-ae8b-ffc289ddea50" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b59469a7042f350e4ed083572ee8ad59" ns2:_="" ns3:_="">
     <xsd:import namespace="193263b6-ca71-4c26-ab19-799d1991c9ff"/>
     <xsd:import namespace="1dc70f87-843d-4725-ae8b-ffc289ddea50"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Material" minOccurs="0"/>
                 <xsd:element ref="ns2:Thumbnail" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -15786,98 +16740,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1dc70f87-843d-4725-ae8b-ffc289ddea50" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="193263b6-ca71-4c26-ab19-799d1991c9ff">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Material xmlns="193263b6-ca71-4c26-ab19-799d1991c9ff" xsi:nil="true"/>
+    <Thumbnail xmlns="193263b6-ca71-4c26-ab19-799d1991c9ff" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E398A2F-CD9C-4490-9CF7-E85F5DFD46A1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A38AD7E-2893-421A-9A19-ECC499F2FEB6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7EE26BC-2300-4F62-A4A8-5CD7E929FDDF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C55E34B7-BC6C-46ED-BA9D-4892F3D324DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="193263b6-ca71-4c26-ab19-799d1991c9ff"/>
     <ds:schemaRef ds:uri="1dc70f87-843d-4725-ae8b-ffc289ddea50"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A38AD7E-2893-421A-9A19-ECC499F2FEB6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E398A2F-CD9C-4490-9CF7-E85F5DFD46A1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="1dc70f87-843d-4725-ae8b-ffc289ddea50"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="193263b6-ca71-4c26-ab19-799d1991c9ff"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Contract Overview</vt:lpstr>
       <vt:lpstr>Supplier Info Categories</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>