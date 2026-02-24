--- v0 (2025-12-16)
+++ v1 (2026-02-24)
@@ -217,114 +217,60 @@
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The SDB and VBE Goal Information Session will be held via Microsoft Teams on </w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Friday, December 19, 2025,</w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> f</w:t>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> EDT.  </w:t>
+              <w:t xml:space="preserve"> from </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00am EDT – 10:00am EDT.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50996184" w14:textId="665B4017" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="007303D6" w:rsidP="00533401">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007303D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Offerors that wish to attend the SDB and VBE Goal Information Session shall submit their RSVP via email Sonya Schurtz at sschurtz@pa.gov, no later than </w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -381,119 +327,155 @@
           <w:p w14:paraId="68B855B0" w14:textId="77777777" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="00727724" w:rsidP="007303D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Deadline for Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02BC3B00" w14:textId="5BFDF56D" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="007303D6" w:rsidP="007303D6">
+          <w:p w14:paraId="02BC3B00" w14:textId="72D61A88" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="00B2119D" w:rsidP="007303D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00533401">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>January 20, 2026 @ 12:00pm EDT</w:t>
+              <w:t>January 22</w:t>
+            </w:r>
+            <w:r w:rsidR="007303D6" w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2026 @ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="007303D6" w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:00pm EDT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00727724" w:rsidRPr="00533401" w14:paraId="0FDB4020" w14:textId="77777777" w:rsidTr="00183A19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48F907AB" w14:textId="29349AE1" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="00727724" w:rsidP="007303D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Submission Deadline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14A81932" w14:textId="079559BF" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="00533401" w:rsidP="00533401">
+          <w:p w14:paraId="14A81932" w14:textId="5754F05F" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="00B2119D" w:rsidP="00533401">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00533401">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>January 27, 2026 @ 4:00pm EDT</w:t>
+              <w:t>February 11, 2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00533401" w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> @ 4:00pm EDT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00727724" w:rsidRPr="00533401" w14:paraId="119BC57D" w14:textId="77777777" w:rsidTr="00183A19">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A941B28" w14:textId="5AD5B19D" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="00727724" w:rsidP="007303D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1655,51 +1637,73 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Offerors may propose on an individual lot or any combination thereof, but Offerors </w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>MUST SUBMIT</w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a separate and complete proposal (Technical Submittal, Small Diverse Business packet, Veteran Business Enterprise packet, and any required supporting documents as well as a complete Cost Submittal) for EACH lot for which it plans to propose an offer. Offeror shall indicate the respective lot number of ALL proposal documents.</w:t>
+              <w:t xml:space="preserve"> a separate and complete proposal (Technical Submittal, Small Diverse Business packet, Veteran Business Enterprise packet, and any required supporting documents as well as a complete Cost Submittal) for EACH </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lot</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for which it plans to propose an offer. Offeror shall indicate the respective lot number of ALL proposal documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00727724" w:rsidRPr="00533401" w14:paraId="61352C12" w14:textId="77777777" w:rsidTr="00183A19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B0E5895" w14:textId="0B1B3FE2" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="00727724" w:rsidP="007303D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1782,141 +1786,163 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A3F9B9E" w14:textId="4A24933B" w:rsidR="00533401" w:rsidRPr="00533401" w:rsidRDefault="00533401" w:rsidP="00533401">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>The selected Offeror shall have, within the</w:t>
+              <w:t xml:space="preserve">The selected Offeror shall </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>have,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> within the</w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> past </w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> years</w:t>
             </w:r>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>at</w:t>
             </w:r>
-            <w:r w:rsidRPr="00533401">
-[...21 lines deleted...]
-              <w:t>:</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proposal submission time:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6541BAF6" w14:textId="77777777" w:rsidR="00533401" w:rsidRPr="00533401" w:rsidRDefault="00533401" w:rsidP="00183A19">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="436" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experience in the delivery of all of </w:t>
+              <w:t xml:space="preserve">Experience in the delivery of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>all of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00533401">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_Hlk173682072"/>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correctional medical staffing and health care services (i.e., medical supplies, diagnostic lab work, medical waste removal, etc.) detailed below in required tasks</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25AE62E9" w14:textId="77777777" w:rsidR="00533401" w:rsidRPr="00533401" w:rsidRDefault="00533401" w:rsidP="00183A19">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
@@ -2517,60 +2543,98 @@
             <w:r w:rsidRPr="00183A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">this </w:t>
             </w:r>
             <w:r w:rsidRPr="00183A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Description Section</w:t>
             </w:r>
             <w:r w:rsidRPr="00183A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>. The Offeror with</w:t>
-            </w:r>
+              <w:t xml:space="preserve">. The </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00183A19">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Offeror</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00183A19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183A19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="292929"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the lowest total cost will receive the maximum number of cost points available. </w:t>
+              <w:t xml:space="preserve"> the lowest total </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00183A19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="292929"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cost</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00183A19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="292929"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will receive the maximum number of cost points available. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00727724" w:rsidRPr="00533401" w14:paraId="308D2945" w14:textId="77777777" w:rsidTr="00183A19">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72223B56" w14:textId="20A50B42" w:rsidR="00727724" w:rsidRPr="00533401" w:rsidRDefault="00727724" w:rsidP="007303D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533401">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3700,80 +3764,83 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1859267907">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="959189830">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1913655586">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1331716859">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1227107633">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1988896345">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="124"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00727724"/>
     <w:rsid w:val="0010744D"/>
     <w:rsid w:val="00183A19"/>
     <w:rsid w:val="00195BE0"/>
     <w:rsid w:val="0039638B"/>
     <w:rsid w:val="003C6A03"/>
     <w:rsid w:val="003E1863"/>
     <w:rsid w:val="00475325"/>
     <w:rsid w:val="00514CEE"/>
     <w:rsid w:val="00533401"/>
     <w:rsid w:val="0063049C"/>
     <w:rsid w:val="006A2DFA"/>
     <w:rsid w:val="006F0914"/>
     <w:rsid w:val="00727724"/>
     <w:rsid w:val="007303D6"/>
     <w:rsid w:val="007A21A7"/>
     <w:rsid w:val="00910931"/>
     <w:rsid w:val="009B508D"/>
+    <w:rsid w:val="00B2119D"/>
+    <w:rsid w:val="00C20DDC"/>
     <w:rsid w:val="00C37A6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -5163,69 +5230,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1232</Words>
-  <Characters>7023</Characters>
+  <Words>1182</Words>
+  <Characters>6536</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>164</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8239</CharactersWithSpaces>
+  <CharactersWithSpaces>7699</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Martini, Kelly</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>